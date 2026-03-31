--- v0 (2025-11-29)
+++ v1 (2026-03-31)
@@ -70,51 +70,51 @@
   <si>
     <t xml:space="preserve">ARU-dbdrv</t>
   </si>
   <si>
     <t xml:space="preserve">Extractor Version</t>
   </si>
   <si>
     <t xml:space="preserve">Template Code</t>
   </si>
   <si>
     <t xml:space="preserve">Template Type</t>
   </si>
   <si>
     <t xml:space="preserve">Preprocess XSLT File</t>
   </si>
   <si>
     <t xml:space="preserve">Last Modified Date</t>
   </si>
   <si>
     <t xml:space="preserve">Last Modified By</t>
   </si>
   <si>
     <t xml:space="preserve">Data Constraints:</t>
   </si>
   <si>
-    <t xml:space="preserve">Unit tariff cost 2025</t>
+    <t xml:space="preserve">Unit tariff cost 2026</t>
   </si>
   <si>
     <t xml:space="preserve">K elements</t>
   </si>
   <si>
     <t xml:space="preserve">Area and Service</t>
   </si>
   <si>
     <t xml:space="preserve">Unit</t>
   </si>
   <si>
     <t xml:space="preserve">Price JANUARY</t>
   </si>
   <si>
     <t xml:space="preserve">Price FEBRUARY</t>
   </si>
   <si>
     <t xml:space="preserve">Price MARCH</t>
   </si>
   <si>
     <t xml:space="preserve">Price APRIL</t>
   </si>
   <si>
     <t xml:space="preserve">Price MAY</t>
   </si>
@@ -920,260 +920,260 @@
     </row>
     <row r="8" customFormat="false" ht="13.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B8" s="18"/>
       <c r="C8" s="19"/>
       <c r="D8" s="20"/>
       <c r="E8" s="21"/>
       <c r="F8" s="22"/>
       <c r="G8" s="22"/>
       <c r="H8" s="22"/>
       <c r="I8" s="22"/>
       <c r="J8" s="22"/>
       <c r="K8" s="22"/>
       <c r="L8" s="22"/>
       <c r="M8" s="22"/>
       <c r="N8" s="22"/>
       <c r="O8" s="22"/>
     </row>
     <row r="9" customFormat="false" ht="15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B9" s="23" t="s">
         <v>26</v>
       </c>
       <c r="C9" s="24" t="s">
         <v>27</v>
       </c>
       <c r="D9" s="25" t="n">
-        <v>0.0095244</v>
+        <v>0.0098068</v>
       </c>
       <c r="E9" s="26" t="n">
-        <v>0.0095244</v>
+        <v>0.0098068</v>
       </c>
       <c r="F9" s="27" t="n">
-        <v>0.0095244</v>
+        <v>0.0098068</v>
       </c>
       <c r="G9" s="27" t="n">
-        <v>0.0095244</v>
+        <v>0.0098068</v>
       </c>
       <c r="H9" s="27" t="n">
-        <v>0.0095244</v>
+        <v>0.0098068</v>
       </c>
       <c r="I9" s="27" t="n">
-        <v>0.0095244</v>
+        <v>0.0098068</v>
       </c>
       <c r="J9" s="27" t="n">
-        <v>0.0095244</v>
+        <v>0.0098068</v>
       </c>
       <c r="K9" s="27" t="n">
-        <v>0.0095244</v>
+        <v>0.0098068</v>
       </c>
       <c r="L9" s="27" t="n">
-        <v>0.0095244</v>
+        <v>0.0098068</v>
       </c>
       <c r="M9" s="27" t="n">
-        <v>0.0095244</v>
+        <v>0.0098068</v>
       </c>
       <c r="N9" s="27" t="n">
-        <v>0.0095244</v>
+        <v>0.0098068</v>
       </c>
       <c r="O9" s="27" t="n">
-        <v>0.0095244</v>
+        <v>0.0098068</v>
       </c>
     </row>
     <row r="10" customFormat="false" ht="15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B10" s="23" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="24" t="s">
         <v>27</v>
       </c>
       <c r="D10" s="25" t="n">
-        <v>0.006061</v>
+        <v>0.0062407</v>
       </c>
       <c r="E10" s="26" t="n">
-        <v>0.006061</v>
+        <v>0.0062407</v>
       </c>
       <c r="F10" s="27" t="n">
-        <v>0.006061</v>
+        <v>0.0062407</v>
       </c>
       <c r="G10" s="27" t="n">
-        <v>0.006061</v>
+        <v>0.0062407</v>
       </c>
       <c r="H10" s="27" t="n">
-        <v>0.006061</v>
+        <v>0.0062407</v>
       </c>
       <c r="I10" s="27" t="n">
-        <v>0.006061</v>
+        <v>0.0062407</v>
       </c>
       <c r="J10" s="27" t="n">
-        <v>0.006061</v>
+        <v>0.0062407</v>
       </c>
       <c r="K10" s="27" t="n">
-        <v>0.006061</v>
+        <v>0.0062407</v>
       </c>
       <c r="L10" s="27" t="n">
-        <v>0.006061</v>
+        <v>0.0062407</v>
       </c>
       <c r="M10" s="27" t="n">
-        <v>0.006061</v>
+        <v>0.0062407</v>
       </c>
       <c r="N10" s="27" t="n">
-        <v>0.006061</v>
+        <v>0.0062407</v>
       </c>
       <c r="O10" s="27" t="n">
-        <v>0.006061</v>
+        <v>0.0062407</v>
       </c>
     </row>
     <row r="11" customFormat="false" ht="15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B11" s="23" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="24" t="s">
         <v>30</v>
       </c>
       <c r="D11" s="25" t="n">
-        <v>182.695122</v>
+        <v>188.1123235</v>
       </c>
       <c r="E11" s="26" t="n">
-        <v>182.695122</v>
+        <v>188.1123235</v>
       </c>
       <c r="F11" s="27" t="n">
-        <v>182.695122</v>
+        <v>188.1123235</v>
       </c>
       <c r="G11" s="27" t="n">
-        <v>182.695122</v>
+        <v>188.1123235</v>
       </c>
       <c r="H11" s="27" t="n">
-        <v>182.695122</v>
+        <v>188.1123235</v>
       </c>
       <c r="I11" s="27" t="n">
-        <v>182.695122</v>
+        <v>188.1123235</v>
       </c>
       <c r="J11" s="27" t="n">
-        <v>182.695122</v>
+        <v>188.1123235</v>
       </c>
       <c r="K11" s="27" t="n">
-        <v>182.695122</v>
+        <v>188.1123235</v>
       </c>
       <c r="L11" s="27" t="n">
-        <v>182.695122</v>
+        <v>188.1123235</v>
       </c>
       <c r="M11" s="27" t="n">
-        <v>182.695122</v>
+        <v>188.1123235</v>
       </c>
       <c r="N11" s="27" t="n">
-        <v>182.695122</v>
+        <v>188.1123235</v>
       </c>
       <c r="O11" s="27" t="n">
-        <v>182.695122</v>
+        <v>188.1123235</v>
       </c>
     </row>
     <row r="12" customFormat="false" ht="15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B12" s="23" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="24" t="s">
         <v>30</v>
       </c>
       <c r="D12" s="25" t="n">
-        <v>365.3902439</v>
+        <v>376.224647</v>
       </c>
       <c r="E12" s="26" t="n">
-        <v>365.3902439</v>
+        <v>376.224647</v>
       </c>
       <c r="F12" s="27" t="n">
-        <v>365.3902439</v>
+        <v>376.224647</v>
       </c>
       <c r="G12" s="27" t="n">
-        <v>365.3902439</v>
+        <v>376.224647</v>
       </c>
       <c r="H12" s="27" t="n">
-        <v>365.3902439</v>
+        <v>376.224647</v>
       </c>
       <c r="I12" s="27" t="n">
-        <v>365.3902439</v>
+        <v>376.224647</v>
       </c>
       <c r="J12" s="27" t="n">
-        <v>365.3902439</v>
+        <v>376.224647</v>
       </c>
       <c r="K12" s="27" t="n">
-        <v>365.3902439</v>
+        <v>376.224647</v>
       </c>
       <c r="L12" s="27" t="n">
-        <v>365.3902439</v>
+        <v>376.224647</v>
       </c>
       <c r="M12" s="27" t="n">
-        <v>365.3902439</v>
+        <v>376.224647</v>
       </c>
       <c r="N12" s="27" t="n">
-        <v>365.3902439</v>
+        <v>376.224647</v>
       </c>
       <c r="O12" s="27" t="n">
-        <v>365.3902439</v>
+        <v>376.224647</v>
       </c>
     </row>
     <row r="13" customFormat="false" ht="15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B13" s="23" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="24" t="s">
         <v>30</v>
       </c>
       <c r="D13" s="25" t="n">
-        <v>7.4463415</v>
+        <v>7.6671374</v>
       </c>
       <c r="E13" s="26" t="n">
-        <v>7.4463415</v>
+        <v>7.6671374</v>
       </c>
       <c r="F13" s="27" t="n">
-        <v>7.4463415</v>
+        <v>7.6671374</v>
       </c>
       <c r="G13" s="27" t="n">
-        <v>7.4463415</v>
+        <v>7.6671374</v>
       </c>
       <c r="H13" s="27" t="n">
-        <v>7.4463415</v>
+        <v>7.6671374</v>
       </c>
       <c r="I13" s="27" t="n">
-        <v>7.4463415</v>
+        <v>7.6671374</v>
       </c>
       <c r="J13" s="27" t="n">
-        <v>7.4463415</v>
+        <v>7.6671374</v>
       </c>
       <c r="K13" s="27" t="n">
-        <v>7.4463415</v>
+        <v>7.6671374</v>
       </c>
       <c r="L13" s="27" t="n">
-        <v>7.4463415</v>
+        <v>7.6671374</v>
       </c>
       <c r="M13" s="27" t="n">
-        <v>7.4463415</v>
+        <v>7.6671374</v>
       </c>
       <c r="N13" s="27" t="n">
-        <v>7.4463415</v>
+        <v>7.6671374</v>
       </c>
       <c r="O13" s="27" t="n">
-        <v>7.4463415</v>
+        <v>7.6671374</v>
       </c>
     </row>
     <row r="14" customFormat="false" ht="15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B14" s="23" t="s">
         <v>33</v>
       </c>
       <c r="C14" s="24" t="s">
         <v>30</v>
       </c>
       <c r="D14" s="25" t="n">
         <v>0</v>
       </c>
       <c r="E14" s="26" t="n">
         <v>0</v>
       </c>
       <c r="F14" s="27" t="n">
         <v>0</v>
       </c>
       <c r="G14" s="27" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="27" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="27" t="n">
@@ -1184,260 +1184,260 @@
       </c>
       <c r="K14" s="27" t="n">
         <v>0</v>
       </c>
       <c r="L14" s="27" t="n">
         <v>0</v>
       </c>
       <c r="M14" s="27" t="n">
         <v>0</v>
       </c>
       <c r="N14" s="27" t="n">
         <v>0</v>
       </c>
       <c r="O14" s="27" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="15" customFormat="false" ht="15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B15" s="23" t="s">
         <v>34</v>
       </c>
       <c r="C15" s="24" t="s">
         <v>30</v>
       </c>
       <c r="D15" s="25" t="n">
-        <v>277.0731707</v>
+        <v>285.2888318</v>
       </c>
       <c r="E15" s="26" t="n">
-        <v>277.0731707</v>
+        <v>285.2888318</v>
       </c>
       <c r="F15" s="27" t="n">
-        <v>277.0731707</v>
+        <v>285.2888318</v>
       </c>
       <c r="G15" s="27" t="n">
-        <v>277.0731707</v>
+        <v>285.2888318</v>
       </c>
       <c r="H15" s="27" t="n">
-        <v>277.0731707</v>
+        <v>285.2888318</v>
       </c>
       <c r="I15" s="27" t="n">
-        <v>277.0731707</v>
+        <v>285.2888318</v>
       </c>
       <c r="J15" s="27" t="n">
-        <v>277.0731707</v>
+        <v>285.2888318</v>
       </c>
       <c r="K15" s="27" t="n">
-        <v>277.0731707</v>
+        <v>285.2888318</v>
       </c>
       <c r="L15" s="27" t="n">
-        <v>277.0731707</v>
+        <v>285.2888318</v>
       </c>
       <c r="M15" s="27" t="n">
-        <v>277.0731707</v>
+        <v>285.2888318</v>
       </c>
       <c r="N15" s="27" t="n">
-        <v>277.0731707</v>
+        <v>285.2888318</v>
       </c>
       <c r="O15" s="27" t="n">
-        <v>277.0731707</v>
+        <v>285.2888318</v>
       </c>
     </row>
     <row r="16" customFormat="false" ht="15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B16" s="23" t="s">
         <v>35</v>
       </c>
       <c r="C16" s="24" t="s">
         <v>27</v>
       </c>
       <c r="D16" s="25" t="n">
-        <v>0.0173171</v>
+        <v>0.0178306</v>
       </c>
       <c r="E16" s="26" t="n">
-        <v>0.0173171</v>
+        <v>0.0178306</v>
       </c>
       <c r="F16" s="27" t="n">
-        <v>0.0173171</v>
+        <v>0.0178306</v>
       </c>
       <c r="G16" s="27" t="n">
-        <v>0.0173171</v>
+        <v>0.0178306</v>
       </c>
       <c r="H16" s="27" t="n">
-        <v>0.0173171</v>
+        <v>0.0178306</v>
       </c>
       <c r="I16" s="27" t="n">
-        <v>0.0173171</v>
+        <v>0.0178306</v>
       </c>
       <c r="J16" s="27" t="n">
-        <v>0.0173171</v>
+        <v>0.0178306</v>
       </c>
       <c r="K16" s="27" t="n">
-        <v>0.0173171</v>
+        <v>0.0178306</v>
       </c>
       <c r="L16" s="27" t="n">
-        <v>0.0173171</v>
+        <v>0.0178306</v>
       </c>
       <c r="M16" s="27" t="n">
-        <v>0.0173171</v>
+        <v>0.0178306</v>
       </c>
       <c r="N16" s="27" t="n">
-        <v>0.0173171</v>
+        <v>0.0178306</v>
       </c>
       <c r="O16" s="27" t="n">
-        <v>0.0173171</v>
+        <v>0.0178306</v>
       </c>
     </row>
     <row r="17" customFormat="false" ht="15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B17" s="23" t="s">
         <v>36</v>
       </c>
       <c r="C17" s="24" t="s">
         <v>30</v>
       </c>
       <c r="D17" s="25" t="n">
-        <v>51.9512195</v>
+        <v>53.491656</v>
       </c>
       <c r="E17" s="26" t="n">
-        <v>51.9512195</v>
+        <v>53.491656</v>
       </c>
       <c r="F17" s="27" t="n">
-        <v>51.9512195</v>
+        <v>53.491656</v>
       </c>
       <c r="G17" s="27" t="n">
-        <v>51.9512195</v>
+        <v>53.491656</v>
       </c>
       <c r="H17" s="27" t="n">
-        <v>51.9512195</v>
+        <v>53.491656</v>
       </c>
       <c r="I17" s="27" t="n">
-        <v>51.9512195</v>
+        <v>53.491656</v>
       </c>
       <c r="J17" s="27" t="n">
-        <v>51.9512195</v>
+        <v>53.491656</v>
       </c>
       <c r="K17" s="27" t="n">
-        <v>51.9512195</v>
+        <v>53.491656</v>
       </c>
       <c r="L17" s="27" t="n">
-        <v>51.9512195</v>
+        <v>53.491656</v>
       </c>
       <c r="M17" s="27" t="n">
-        <v>51.9512195</v>
+        <v>53.491656</v>
       </c>
       <c r="N17" s="27" t="n">
-        <v>51.9512195</v>
+        <v>53.491656</v>
       </c>
       <c r="O17" s="27" t="n">
-        <v>51.9512195</v>
+        <v>53.491656</v>
       </c>
     </row>
     <row r="18" customFormat="false" ht="15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B18" s="23" t="s">
         <v>37</v>
       </c>
       <c r="C18" s="24" t="s">
         <v>30</v>
       </c>
       <c r="D18" s="25" t="n">
-        <v>259.7560976</v>
+        <v>267.4582798</v>
       </c>
       <c r="E18" s="26" t="n">
-        <v>259.7560976</v>
+        <v>267.4582798</v>
       </c>
       <c r="F18" s="27" t="n">
-        <v>259.7560976</v>
+        <v>267.4582798</v>
       </c>
       <c r="G18" s="27" t="n">
-        <v>259.7560976</v>
+        <v>267.4582798</v>
       </c>
       <c r="H18" s="27" t="n">
-        <v>259.7560976</v>
+        <v>267.4582798</v>
       </c>
       <c r="I18" s="27" t="n">
-        <v>259.7560976</v>
+        <v>267.4582798</v>
       </c>
       <c r="J18" s="27" t="n">
-        <v>259.7560976</v>
+        <v>267.4582798</v>
       </c>
       <c r="K18" s="27" t="n">
-        <v>259.7560976</v>
+        <v>267.4582798</v>
       </c>
       <c r="L18" s="27" t="n">
-        <v>259.7560976</v>
+        <v>267.4582798</v>
       </c>
       <c r="M18" s="27" t="n">
-        <v>259.7560976</v>
+        <v>267.4582798</v>
       </c>
       <c r="N18" s="27" t="n">
-        <v>259.7560976</v>
+        <v>267.4582798</v>
       </c>
       <c r="O18" s="27" t="n">
-        <v>259.7560976</v>
+        <v>267.4582798</v>
       </c>
     </row>
     <row r="19" customFormat="false" ht="15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B19" s="23" t="s">
         <v>38</v>
       </c>
       <c r="C19" s="24" t="s">
         <v>27</v>
       </c>
       <c r="D19" s="25" t="n">
-        <v>0.0122951</v>
+        <v>0.0126597</v>
       </c>
       <c r="E19" s="26" t="n">
-        <v>0.0122951</v>
+        <v>0.0126597</v>
       </c>
       <c r="F19" s="27" t="n">
-        <v>0.0122951</v>
+        <v>0.0126597</v>
       </c>
       <c r="G19" s="27" t="n">
-        <v>0.0122951</v>
+        <v>0.0126597</v>
       </c>
       <c r="H19" s="27" t="n">
-        <v>0.0122951</v>
+        <v>0.0126597</v>
       </c>
       <c r="I19" s="27" t="n">
-        <v>0.0122951</v>
+        <v>0.0126597</v>
       </c>
       <c r="J19" s="27" t="n">
-        <v>0.0122951</v>
+        <v>0.0126597</v>
       </c>
       <c r="K19" s="27" t="n">
-        <v>0.0122951</v>
+        <v>0.0126597</v>
       </c>
       <c r="L19" s="27" t="n">
-        <v>0.0122951</v>
+        <v>0.0126597</v>
       </c>
       <c r="M19" s="27" t="n">
-        <v>0.0122951</v>
+        <v>0.0126597</v>
       </c>
       <c r="N19" s="27" t="n">
-        <v>0.0122951</v>
+        <v>0.0126597</v>
       </c>
       <c r="O19" s="27" t="n">
-        <v>0.0122951</v>
+        <v>0.0126597</v>
       </c>
     </row>
     <row r="20" customFormat="false" ht="15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B20" s="23" t="s">
         <v>39</v>
       </c>
       <c r="C20" s="24" t="s">
         <v>27</v>
       </c>
       <c r="D20" s="25" t="n">
         <v>0</v>
       </c>
       <c r="E20" s="26" t="n">
         <v>0</v>
       </c>
       <c r="F20" s="27" t="n">
         <v>0</v>
       </c>
       <c r="G20" s="27" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="27" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="27" t="n">
@@ -1448,304 +1448,304 @@
       </c>
       <c r="K20" s="27" t="n">
         <v>0</v>
       </c>
       <c r="L20" s="27" t="n">
         <v>0</v>
       </c>
       <c r="M20" s="27" t="n">
         <v>0</v>
       </c>
       <c r="N20" s="27" t="n">
         <v>0</v>
       </c>
       <c r="O20" s="27" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="21" customFormat="false" ht="15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B21" s="23" t="s">
         <v>40</v>
       </c>
       <c r="C21" s="24" t="s">
         <v>41</v>
       </c>
       <c r="D21" s="25" t="n">
-        <v>1731.7073171</v>
+        <v>1783.055199</v>
       </c>
       <c r="E21" s="26" t="n">
-        <v>1731.7073171</v>
+        <v>1783.055199</v>
       </c>
       <c r="F21" s="27" t="n">
-        <v>1731.7073171</v>
+        <v>1783.055199</v>
       </c>
       <c r="G21" s="27" t="n">
-        <v>1731.7073171</v>
+        <v>1783.055199</v>
       </c>
       <c r="H21" s="27" t="n">
-        <v>1731.7073171</v>
+        <v>1783.055199</v>
       </c>
       <c r="I21" s="27" t="n">
-        <v>1731.7073171</v>
+        <v>1783.055199</v>
       </c>
       <c r="J21" s="27" t="n">
-        <v>1731.7073171</v>
+        <v>1783.055199</v>
       </c>
       <c r="K21" s="27" t="n">
-        <v>1731.7073171</v>
+        <v>1783.055199</v>
       </c>
       <c r="L21" s="27" t="n">
-        <v>1731.7073171</v>
+        <v>1783.055199</v>
       </c>
       <c r="M21" s="27" t="n">
-        <v>1731.7073171</v>
+        <v>1783.055199</v>
       </c>
       <c r="N21" s="27" t="n">
-        <v>1731.7073171</v>
+        <v>1783.055199</v>
       </c>
       <c r="O21" s="27" t="n">
-        <v>1731.7073171</v>
+        <v>1783.055199</v>
       </c>
     </row>
     <row r="22" customFormat="false" ht="15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B22" s="23" t="s">
         <v>42</v>
       </c>
       <c r="C22" s="24" t="s">
         <v>27</v>
       </c>
       <c r="D22" s="25" t="n">
-        <v>0.0077927</v>
+        <v>0.0080237</v>
       </c>
       <c r="E22" s="26" t="n">
-        <v>0.0077927</v>
+        <v>0.0080237</v>
       </c>
       <c r="F22" s="27" t="n">
-        <v>0.0077927</v>
+        <v>0.0080237</v>
       </c>
       <c r="G22" s="27" t="n">
-        <v>0.0077927</v>
+        <v>0.0080237</v>
       </c>
       <c r="H22" s="27" t="n">
-        <v>0.0077927</v>
+        <v>0.0080237</v>
       </c>
       <c r="I22" s="27" t="n">
-        <v>0.0077927</v>
+        <v>0.0080237</v>
       </c>
       <c r="J22" s="27" t="n">
-        <v>0.0077927</v>
+        <v>0.0080237</v>
       </c>
       <c r="K22" s="27" t="n">
-        <v>0.0077927</v>
+        <v>0.0080237</v>
       </c>
       <c r="L22" s="27" t="n">
-        <v>0.0077927</v>
+        <v>0.0080237</v>
       </c>
       <c r="M22" s="27" t="n">
-        <v>0.0077927</v>
+        <v>0.0080237</v>
       </c>
       <c r="N22" s="27" t="n">
-        <v>0.0077927</v>
+        <v>0.0080237</v>
       </c>
       <c r="O22" s="27" t="n">
-        <v>0.0077927</v>
+        <v>0.0080237</v>
       </c>
     </row>
     <row r="23" customFormat="false" ht="15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B23" s="23" t="s">
         <v>43</v>
       </c>
       <c r="C23" s="24" t="s">
         <v>30</v>
       </c>
       <c r="D23" s="25" t="n">
-        <v>259.7560976</v>
+        <v>267.4582798</v>
       </c>
       <c r="E23" s="26" t="n">
-        <v>259.7560976</v>
+        <v>267.4582798</v>
       </c>
       <c r="F23" s="27" t="n">
-        <v>259.7560976</v>
+        <v>267.4582798</v>
       </c>
       <c r="G23" s="27" t="n">
-        <v>259.7560976</v>
+        <v>267.4582798</v>
       </c>
       <c r="H23" s="27" t="n">
-        <v>259.7560976</v>
+        <v>267.4582798</v>
       </c>
       <c r="I23" s="27" t="n">
-        <v>259.7560976</v>
+        <v>267.4582798</v>
       </c>
       <c r="J23" s="27" t="n">
-        <v>259.7560976</v>
+        <v>267.4582798</v>
       </c>
       <c r="K23" s="27" t="n">
-        <v>259.7560976</v>
+        <v>267.4582798</v>
       </c>
       <c r="L23" s="27" t="n">
-        <v>259.7560976</v>
+        <v>267.4582798</v>
       </c>
       <c r="M23" s="27" t="n">
-        <v>259.7560976</v>
+        <v>267.4582798</v>
       </c>
       <c r="N23" s="27" t="n">
-        <v>259.7560976</v>
+        <v>267.4582798</v>
       </c>
       <c r="O23" s="27" t="n">
-        <v>259.7560976</v>
+        <v>267.4582798</v>
       </c>
     </row>
     <row r="24" customFormat="false" ht="15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B24" s="23" t="s">
         <v>44</v>
       </c>
       <c r="C24" s="24" t="s">
         <v>41</v>
       </c>
       <c r="D24" s="25" t="n">
-        <v>1731.7073171</v>
+        <v>1783.055199</v>
       </c>
       <c r="E24" s="26" t="n">
-        <v>1731.7073171</v>
+        <v>1783.055199</v>
       </c>
       <c r="F24" s="27" t="n">
-        <v>1731.7073171</v>
+        <v>1783.055199</v>
       </c>
       <c r="G24" s="27" t="n">
-        <v>1731.7073171</v>
+        <v>1783.055199</v>
       </c>
       <c r="H24" s="27" t="n">
-        <v>1731.7073171</v>
+        <v>1783.055199</v>
       </c>
       <c r="I24" s="27" t="n">
-        <v>1731.7073171</v>
+        <v>1783.055199</v>
       </c>
       <c r="J24" s="27" t="n">
-        <v>1731.7073171</v>
+        <v>1783.055199</v>
       </c>
       <c r="K24" s="27" t="n">
-        <v>1731.7073171</v>
+        <v>1783.055199</v>
       </c>
       <c r="L24" s="27" t="n">
-        <v>1731.7073171</v>
+        <v>1783.055199</v>
       </c>
       <c r="M24" s="27" t="n">
-        <v>1731.7073171</v>
+        <v>1783.055199</v>
       </c>
       <c r="N24" s="27" t="n">
-        <v>1731.7073171</v>
+        <v>1783.055199</v>
       </c>
       <c r="O24" s="27" t="n">
-        <v>1731.7073171</v>
+        <v>1783.055199</v>
       </c>
     </row>
     <row r="25" customFormat="false" ht="15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B25" s="23" t="s">
         <v>45</v>
       </c>
       <c r="C25" s="24" t="s">
         <v>27</v>
       </c>
       <c r="D25" s="25" t="n">
-        <v>0.1039024</v>
+        <v>0.1069833</v>
       </c>
       <c r="E25" s="26" t="n">
-        <v>0.1039024</v>
+        <v>0.1069833</v>
       </c>
       <c r="F25" s="27" t="n">
-        <v>0.1039024</v>
+        <v>0.1069833</v>
       </c>
       <c r="G25" s="27" t="n">
-        <v>0.1039024</v>
+        <v>0.1069833</v>
       </c>
       <c r="H25" s="27" t="n">
-        <v>0.1039024</v>
+        <v>0.1069833</v>
       </c>
       <c r="I25" s="27" t="n">
-        <v>0.1039024</v>
+        <v>0.1069833</v>
       </c>
       <c r="J25" s="27" t="n">
-        <v>0.1039024</v>
+        <v>0.1069833</v>
       </c>
       <c r="K25" s="27" t="n">
-        <v>0.1039024</v>
+        <v>0.1069833</v>
       </c>
       <c r="L25" s="27" t="n">
-        <v>0.1039024</v>
+        <v>0.1069833</v>
       </c>
       <c r="M25" s="27" t="n">
-        <v>0.1039024</v>
+        <v>0.1069833</v>
       </c>
       <c r="N25" s="27" t="n">
-        <v>0.1039024</v>
+        <v>0.1069833</v>
       </c>
       <c r="O25" s="27" t="n">
-        <v>0.1039024</v>
+        <v>0.1069833</v>
       </c>
     </row>
     <row r="26" customFormat="false" ht="15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B26" s="23" t="s">
         <v>46</v>
       </c>
       <c r="C26" s="24" t="s">
         <v>27</v>
       </c>
       <c r="D26" s="25" t="n">
-        <v>0.0258024</v>
+        <v>0.0026568</v>
       </c>
       <c r="E26" s="26" t="n">
-        <v>0.0258024</v>
+        <v>0.0026568</v>
       </c>
       <c r="F26" s="27" t="n">
-        <v>0.0258024</v>
+        <v>0.0026568</v>
       </c>
       <c r="G26" s="27" t="n">
-        <v>0.0258024</v>
+        <v>0.0026568</v>
       </c>
       <c r="H26" s="27" t="n">
-        <v>0.0258024</v>
+        <v>0.0026568</v>
       </c>
       <c r="I26" s="27" t="n">
-        <v>0.0258024</v>
+        <v>0.0026568</v>
       </c>
       <c r="J26" s="27" t="n">
-        <v>0.0258024</v>
+        <v>0.0026568</v>
       </c>
       <c r="K26" s="27" t="n">
-        <v>0.0258024</v>
+        <v>0.0026568</v>
       </c>
       <c r="L26" s="27" t="n">
-        <v>0.0258024</v>
+        <v>0.0026568</v>
       </c>
       <c r="M26" s="27" t="n">
-        <v>0.0258024</v>
+        <v>0.0026568</v>
       </c>
       <c r="N26" s="27" t="n">
-        <v>0.0258024</v>
+        <v>0.0026568</v>
       </c>
       <c r="O26" s="27" t="n">
-        <v>0.0258024</v>
+        <v>0.0026568</v>
       </c>
     </row>
     <row r="27" customFormat="false" ht="15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B27" s="23" t="s">
         <v>47</v>
       </c>
       <c r="C27" s="24" t="s">
         <v>27</v>
       </c>
       <c r="D27" s="25" t="n">
         <v>0</v>
       </c>
       <c r="E27" s="26" t="n">
         <v>0</v>
       </c>
       <c r="F27" s="27" t="n">
         <v>0</v>
       </c>
       <c r="G27" s="27" t="n">
         <v>0</v>
       </c>
       <c r="H27" s="27" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="27" t="n">
@@ -1756,84 +1756,84 @@
       </c>
       <c r="K27" s="27" t="n">
         <v>0</v>
       </c>
       <c r="L27" s="27" t="n">
         <v>0</v>
       </c>
       <c r="M27" s="27" t="n">
         <v>0</v>
       </c>
       <c r="N27" s="27" t="n">
         <v>0</v>
       </c>
       <c r="O27" s="27" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="28" customFormat="false" ht="15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B28" s="23" t="s">
         <v>48</v>
       </c>
       <c r="C28" s="24" t="s">
         <v>27</v>
       </c>
       <c r="D28" s="25" t="n">
-        <v>0.0070134</v>
+        <v>0.0072214</v>
       </c>
       <c r="E28" s="26" t="n">
-        <v>0.0070134</v>
+        <v>0.0072214</v>
       </c>
       <c r="F28" s="27" t="n">
-        <v>0.0070134</v>
+        <v>0.0072214</v>
       </c>
       <c r="G28" s="27" t="n">
-        <v>0.0070134</v>
+        <v>0.0072214</v>
       </c>
       <c r="H28" s="27" t="n">
-        <v>0.0070134</v>
+        <v>0.0072214</v>
       </c>
       <c r="I28" s="27" t="n">
-        <v>0.0070134</v>
+        <v>0.0072214</v>
       </c>
       <c r="J28" s="27" t="n">
-        <v>0.0070134</v>
+        <v>0.0072214</v>
       </c>
       <c r="K28" s="27" t="n">
-        <v>0.0070134</v>
+        <v>0.0072214</v>
       </c>
       <c r="L28" s="27" t="n">
-        <v>0.0070134</v>
+        <v>0.0072214</v>
       </c>
       <c r="M28" s="27" t="n">
-        <v>0.0070134</v>
+        <v>0.0072214</v>
       </c>
       <c r="N28" s="27" t="n">
-        <v>0.0070134</v>
+        <v>0.0072214</v>
       </c>
       <c r="O28" s="27" t="n">
-        <v>0.0070134</v>
+        <v>0.0072214</v>
       </c>
     </row>
     <row r="29" customFormat="false" ht="15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B29" s="23" t="s">
         <v>49</v>
       </c>
       <c r="C29" s="24" t="s">
         <v>27</v>
       </c>
       <c r="D29" s="25" t="n">
         <v>0</v>
       </c>
       <c r="E29" s="26" t="n">
         <v>0</v>
       </c>
       <c r="F29" s="27" t="n">
         <v>0</v>
       </c>
       <c r="G29" s="27" t="n">
         <v>0</v>
       </c>
       <c r="H29" s="27" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="27" t="n">
@@ -1844,436 +1844,436 @@
       </c>
       <c r="K29" s="27" t="n">
         <v>0</v>
       </c>
       <c r="L29" s="27" t="n">
         <v>0</v>
       </c>
       <c r="M29" s="27" t="n">
         <v>0</v>
       </c>
       <c r="N29" s="27" t="n">
         <v>0</v>
       </c>
       <c r="O29" s="27" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="30" customFormat="false" ht="15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B30" s="23" t="s">
         <v>50</v>
       </c>
       <c r="C30" s="24" t="s">
         <v>27</v>
       </c>
       <c r="D30" s="25" t="n">
-        <v>0.0342878</v>
+        <v>0.0353045</v>
       </c>
       <c r="E30" s="26" t="n">
-        <v>0.0342878</v>
+        <v>0.0353045</v>
       </c>
       <c r="F30" s="27" t="n">
-        <v>0.0342878</v>
+        <v>0.0353045</v>
       </c>
       <c r="G30" s="27" t="n">
-        <v>0.0342878</v>
+        <v>0.0353045</v>
       </c>
       <c r="H30" s="27" t="n">
-        <v>0.0342878</v>
+        <v>0.0353045</v>
       </c>
       <c r="I30" s="27" t="n">
-        <v>0.0342878</v>
+        <v>0.0353045</v>
       </c>
       <c r="J30" s="27" t="n">
-        <v>0.0342878</v>
+        <v>0.0353045</v>
       </c>
       <c r="K30" s="27" t="n">
-        <v>0.0342878</v>
+        <v>0.0353045</v>
       </c>
       <c r="L30" s="27" t="n">
-        <v>0.0342878</v>
+        <v>0.0353045</v>
       </c>
       <c r="M30" s="27" t="n">
-        <v>0.0342878</v>
+        <v>0.0353045</v>
       </c>
       <c r="N30" s="27" t="n">
-        <v>0.0342878</v>
+        <v>0.0353045</v>
       </c>
       <c r="O30" s="27" t="n">
-        <v>0.0342878</v>
+        <v>0.0353045</v>
       </c>
     </row>
     <row r="31" customFormat="false" ht="15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B31" s="23" t="s">
         <v>51</v>
       </c>
       <c r="C31" s="24" t="s">
         <v>27</v>
       </c>
       <c r="D31" s="25" t="n">
-        <v>12.8839024</v>
+        <v>13.2659307</v>
       </c>
       <c r="E31" s="26" t="n">
-        <v>12.8839024</v>
+        <v>13.2659307</v>
       </c>
       <c r="F31" s="27" t="n">
-        <v>12.8839024</v>
+        <v>13.2659307</v>
       </c>
       <c r="G31" s="27" t="n">
-        <v>12.8839024</v>
+        <v>13.2659307</v>
       </c>
       <c r="H31" s="27" t="n">
-        <v>12.8839024</v>
+        <v>13.2659307</v>
       </c>
       <c r="I31" s="27" t="n">
-        <v>12.8839024</v>
+        <v>13.2659307</v>
       </c>
       <c r="J31" s="27" t="n">
-        <v>12.8839024</v>
+        <v>13.2659307</v>
       </c>
       <c r="K31" s="27" t="n">
-        <v>12.8839024</v>
+        <v>13.2659307</v>
       </c>
       <c r="L31" s="27" t="n">
-        <v>12.8839024</v>
+        <v>13.2659307</v>
       </c>
       <c r="M31" s="27" t="n">
-        <v>12.8839024</v>
+        <v>13.2659307</v>
       </c>
       <c r="N31" s="27" t="n">
-        <v>12.8839024</v>
+        <v>13.2659307</v>
       </c>
       <c r="O31" s="27" t="n">
-        <v>12.8839024</v>
+        <v>13.2659307</v>
       </c>
     </row>
     <row r="32" customFormat="false" ht="15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B32" s="23" t="s">
         <v>52</v>
       </c>
       <c r="C32" s="24" t="s">
         <v>30</v>
       </c>
       <c r="D32" s="25" t="n">
-        <v>39.4656098</v>
+        <v>40.635828</v>
       </c>
       <c r="E32" s="26" t="n">
-        <v>39.4656098</v>
+        <v>40.635828</v>
       </c>
       <c r="F32" s="27" t="n">
-        <v>39.4656098</v>
+        <v>40.635828</v>
       </c>
       <c r="G32" s="27" t="n">
-        <v>39.4656098</v>
+        <v>40.635828</v>
       </c>
       <c r="H32" s="27" t="n">
-        <v>39.4656098</v>
+        <v>40.635828</v>
       </c>
       <c r="I32" s="27" t="n">
-        <v>39.4656098</v>
+        <v>40.635828</v>
       </c>
       <c r="J32" s="27" t="n">
-        <v>39.4656098</v>
+        <v>40.635828</v>
       </c>
       <c r="K32" s="27" t="n">
-        <v>39.4656098</v>
+        <v>40.635828</v>
       </c>
       <c r="L32" s="27" t="n">
-        <v>39.4656098</v>
+        <v>40.635828</v>
       </c>
       <c r="M32" s="27" t="n">
-        <v>39.4656098</v>
+        <v>40.635828</v>
       </c>
       <c r="N32" s="27" t="n">
-        <v>39.4656098</v>
+        <v>40.635828</v>
       </c>
       <c r="O32" s="27" t="n">
-        <v>39.4656098</v>
+        <v>40.635828</v>
       </c>
     </row>
     <row r="33" customFormat="false" ht="15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B33" s="23" t="s">
         <v>53</v>
       </c>
       <c r="C33" s="24" t="s">
         <v>30</v>
       </c>
       <c r="D33" s="25" t="n">
-        <v>5.922439</v>
+        <v>6.0980488</v>
       </c>
       <c r="E33" s="26" t="n">
-        <v>5.922439</v>
+        <v>6.0980488</v>
       </c>
       <c r="F33" s="27" t="n">
-        <v>5.922439</v>
+        <v>6.0980488</v>
       </c>
       <c r="G33" s="27" t="n">
-        <v>5.922439</v>
+        <v>6.0980488</v>
       </c>
       <c r="H33" s="27" t="n">
-        <v>5.922439</v>
+        <v>6.0980488</v>
       </c>
       <c r="I33" s="27" t="n">
-        <v>5.922439</v>
+        <v>6.0980488</v>
       </c>
       <c r="J33" s="27" t="n">
-        <v>5.922439</v>
+        <v>6.0980488</v>
       </c>
       <c r="K33" s="27" t="n">
-        <v>5.922439</v>
+        <v>6.0980488</v>
       </c>
       <c r="L33" s="27" t="n">
-        <v>5.922439</v>
+        <v>6.0980488</v>
       </c>
       <c r="M33" s="27" t="n">
-        <v>5.922439</v>
+        <v>6.0980488</v>
       </c>
       <c r="N33" s="27" t="n">
-        <v>5.922439</v>
+        <v>6.0980488</v>
       </c>
       <c r="O33" s="27" t="n">
-        <v>5.922439</v>
+        <v>6.0980488</v>
       </c>
     </row>
     <row r="34" customFormat="false" ht="15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B34" s="23" t="s">
         <v>54</v>
       </c>
       <c r="C34" s="24" t="s">
         <v>27</v>
       </c>
       <c r="D34" s="25" t="n">
-        <v>0.1558537</v>
+        <v>0.160475</v>
       </c>
       <c r="E34" s="26" t="n">
-        <v>0.1558537</v>
+        <v>0.160475</v>
       </c>
       <c r="F34" s="27" t="n">
-        <v>0.1558537</v>
+        <v>0.160475</v>
       </c>
       <c r="G34" s="27" t="n">
-        <v>0.1558537</v>
+        <v>0.160475</v>
       </c>
       <c r="H34" s="27" t="n">
-        <v>0.1558537</v>
+        <v>0.160475</v>
       </c>
       <c r="I34" s="27" t="n">
-        <v>0.1558537</v>
+        <v>0.160475</v>
       </c>
       <c r="J34" s="27" t="n">
-        <v>0.1558537</v>
+        <v>0.160475</v>
       </c>
       <c r="K34" s="27" t="n">
-        <v>0.1558537</v>
+        <v>0.160475</v>
       </c>
       <c r="L34" s="27" t="n">
-        <v>0.1558537</v>
+        <v>0.160475</v>
       </c>
       <c r="M34" s="27" t="n">
-        <v>0.1558537</v>
+        <v>0.160475</v>
       </c>
       <c r="N34" s="27" t="n">
-        <v>0.1558537</v>
+        <v>0.160475</v>
       </c>
       <c r="O34" s="27" t="n">
-        <v>0.1558537</v>
+        <v>0.160475</v>
       </c>
     </row>
     <row r="35" customFormat="false" ht="15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B35" s="23" t="s">
         <v>55</v>
       </c>
       <c r="C35" s="24" t="s">
         <v>27</v>
       </c>
       <c r="D35" s="25" t="n">
-        <v>0.1194878</v>
+        <v>0.1230308</v>
       </c>
       <c r="E35" s="26" t="n">
-        <v>0.1194878</v>
+        <v>0.1230308</v>
       </c>
       <c r="F35" s="27" t="n">
-        <v>0.1194878</v>
+        <v>0.1230308</v>
       </c>
       <c r="G35" s="27" t="n">
-        <v>0.1194878</v>
+        <v>0.1230308</v>
       </c>
       <c r="H35" s="27" t="n">
-        <v>0.1194878</v>
+        <v>0.1230308</v>
       </c>
       <c r="I35" s="27" t="n">
-        <v>0.1194878</v>
+        <v>0.1230308</v>
       </c>
       <c r="J35" s="27" t="n">
-        <v>0.1194878</v>
+        <v>0.1230308</v>
       </c>
       <c r="K35" s="27" t="n">
-        <v>0.1194878</v>
+        <v>0.1230308</v>
       </c>
       <c r="L35" s="27" t="n">
-        <v>0.1194878</v>
+        <v>0.1230308</v>
       </c>
       <c r="M35" s="27" t="n">
-        <v>0.1194878</v>
+        <v>0.1230308</v>
       </c>
       <c r="N35" s="27" t="n">
-        <v>0.1194878</v>
+        <v>0.1230308</v>
       </c>
       <c r="O35" s="27" t="n">
-        <v>0.1194878</v>
+        <v>0.1230308</v>
       </c>
     </row>
     <row r="36" customFormat="false" ht="15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B36" s="23" t="s">
         <v>56</v>
       </c>
       <c r="C36" s="24" t="s">
         <v>27</v>
       </c>
       <c r="D36" s="25" t="n">
-        <v>0.1991463</v>
+        <v>0.2050513</v>
       </c>
       <c r="E36" s="26" t="n">
-        <v>0.1991463</v>
+        <v>0.2050513</v>
       </c>
       <c r="F36" s="27" t="n">
-        <v>0.1991463</v>
+        <v>0.2050513</v>
       </c>
       <c r="G36" s="27" t="n">
-        <v>0.1991463</v>
+        <v>0.2050513</v>
       </c>
       <c r="H36" s="27" t="n">
-        <v>0.1991463</v>
+        <v>0.2050513</v>
       </c>
       <c r="I36" s="27" t="n">
-        <v>0.1991463</v>
+        <v>0.2050513</v>
       </c>
       <c r="J36" s="27" t="n">
-        <v>0.1991463</v>
+        <v>0.2050513</v>
       </c>
       <c r="K36" s="27" t="n">
-        <v>0.1991463</v>
+        <v>0.2050513</v>
       </c>
       <c r="L36" s="27" t="n">
-        <v>0.1991463</v>
+        <v>0.2050513</v>
       </c>
       <c r="M36" s="27" t="n">
-        <v>0.1991463</v>
+        <v>0.2050513</v>
       </c>
       <c r="N36" s="27" t="n">
-        <v>0.1991463</v>
+        <v>0.2050513</v>
       </c>
       <c r="O36" s="27" t="n">
-        <v>0.1991463</v>
+        <v>0.2050513</v>
       </c>
     </row>
     <row r="37" customFormat="false" ht="15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B37" s="23" t="s">
         <v>57</v>
       </c>
       <c r="C37" s="24" t="s">
         <v>30</v>
       </c>
       <c r="D37" s="25" t="n">
-        <v>259.7560976</v>
+        <v>267.4582798</v>
       </c>
       <c r="E37" s="26" t="n">
-        <v>259.7560976</v>
+        <v>267.4582798</v>
       </c>
       <c r="F37" s="27" t="n">
-        <v>259.7560976</v>
+        <v>267.4582798</v>
       </c>
       <c r="G37" s="27" t="n">
-        <v>259.7560976</v>
+        <v>267.4582798</v>
       </c>
       <c r="H37" s="27" t="n">
-        <v>259.7560976</v>
+        <v>267.4582798</v>
       </c>
       <c r="I37" s="27" t="n">
-        <v>259.7560976</v>
+        <v>267.4582798</v>
       </c>
       <c r="J37" s="27" t="n">
-        <v>259.7560976</v>
+        <v>267.4582798</v>
       </c>
       <c r="K37" s="27" t="n">
-        <v>259.7560976</v>
+        <v>267.4582798</v>
       </c>
       <c r="L37" s="27" t="n">
-        <v>259.7560976</v>
+        <v>267.4582798</v>
       </c>
       <c r="M37" s="27" t="n">
-        <v>259.7560976</v>
+        <v>267.4582798</v>
       </c>
       <c r="N37" s="27" t="n">
-        <v>259.7560976</v>
+        <v>267.4582798</v>
       </c>
       <c r="O37" s="27" t="n">
-        <v>259.7560976</v>
+        <v>267.4582798</v>
       </c>
     </row>
     <row r="38" customFormat="false" ht="15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B38" s="23" t="s">
         <v>58</v>
       </c>
       <c r="C38" s="24" t="s">
         <v>41</v>
       </c>
       <c r="D38" s="25" t="n">
-        <v>1731.7073171</v>
+        <v>1783.055199</v>
       </c>
       <c r="E38" s="26" t="n">
-        <v>1731.7073171</v>
+        <v>1783.055199</v>
       </c>
       <c r="F38" s="27" t="n">
-        <v>1731.7073171</v>
+        <v>1783.055199</v>
       </c>
       <c r="G38" s="27" t="n">
-        <v>1731.7073171</v>
+        <v>1783.055199</v>
       </c>
       <c r="H38" s="27" t="n">
-        <v>1731.7073171</v>
+        <v>1783.055199</v>
       </c>
       <c r="I38" s="27" t="n">
-        <v>1731.7073171</v>
+        <v>1783.055199</v>
       </c>
       <c r="J38" s="27" t="n">
-        <v>1731.7073171</v>
+        <v>1783.055199</v>
       </c>
       <c r="K38" s="27" t="n">
-        <v>1731.7073171</v>
+        <v>1783.055199</v>
       </c>
       <c r="L38" s="27" t="n">
-        <v>1731.7073171</v>
+        <v>1783.055199</v>
       </c>
       <c r="M38" s="27" t="n">
-        <v>1731.7073171</v>
+        <v>1783.055199</v>
       </c>
       <c r="N38" s="27" t="n">
-        <v>1731.7073171</v>
+        <v>1783.055199</v>
       </c>
       <c r="O38" s="27" t="n">
-        <v>1731.7073171</v>
+        <v>1783.055199</v>
       </c>
     </row>
     <row r="39" customFormat="false" ht="13.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B39" s="28"/>
       <c r="C39" s="29"/>
       <c r="D39" s="30"/>
       <c r="E39" s="31"/>
       <c r="F39" s="32"/>
       <c r="G39" s="32"/>
       <c r="H39" s="32"/>
       <c r="I39" s="32"/>
       <c r="J39" s="32"/>
       <c r="K39" s="32"/>
       <c r="L39" s="32"/>
       <c r="M39" s="32"/>
       <c r="N39" s="32"/>
       <c r="O39" s="32"/>
     </row>
     <row r="42" customFormat="false" ht="18.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B42" s="9" t="s">
         <v>59</v>
       </c>
       <c r="C42" s="10"/>
       <c r="D42" s="10"/>
       <c r="E42" s="10"/>
@@ -2350,304 +2350,304 @@
     </row>
     <row r="45" customFormat="false" ht="13.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B45" s="18"/>
       <c r="C45" s="19"/>
       <c r="D45" s="20"/>
       <c r="E45" s="21"/>
       <c r="F45" s="22"/>
       <c r="G45" s="22"/>
       <c r="H45" s="22"/>
       <c r="I45" s="22"/>
       <c r="J45" s="22"/>
       <c r="K45" s="22"/>
       <c r="L45" s="22"/>
       <c r="M45" s="22"/>
       <c r="N45" s="22"/>
       <c r="O45" s="22"/>
     </row>
     <row r="46" customFormat="false" ht="15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B46" s="23" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="24" t="s">
         <v>27</v>
       </c>
       <c r="D46" s="25" t="n">
-        <v>0.0952439</v>
+        <v>0.098068</v>
       </c>
       <c r="E46" s="26" t="n">
-        <v>0.0952439</v>
+        <v>0.098068</v>
       </c>
       <c r="F46" s="27" t="n">
-        <v>0.0952439</v>
+        <v>0.098068</v>
       </c>
       <c r="G46" s="27" t="n">
-        <v>0.0952439</v>
+        <v>0.098068</v>
       </c>
       <c r="H46" s="27" t="n">
-        <v>0.0952439</v>
+        <v>0.098068</v>
       </c>
       <c r="I46" s="27" t="n">
-        <v>0.0952439</v>
+        <v>0.098068</v>
       </c>
       <c r="J46" s="27" t="n">
-        <v>0.0952439</v>
+        <v>0.098068</v>
       </c>
       <c r="K46" s="27" t="n">
-        <v>0.0952439</v>
+        <v>0.098068</v>
       </c>
       <c r="L46" s="27" t="n">
-        <v>0.0952439</v>
+        <v>0.098068</v>
       </c>
       <c r="M46" s="27" t="n">
-        <v>0.0952439</v>
+        <v>0.098068</v>
       </c>
       <c r="N46" s="27" t="n">
-        <v>0.0952439</v>
+        <v>0.098068</v>
       </c>
       <c r="O46" s="27" t="n">
-        <v>0.0952439</v>
+        <v>0.098068</v>
       </c>
     </row>
     <row r="47" customFormat="false" ht="15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B47" s="23" t="s">
         <v>28</v>
       </c>
       <c r="C47" s="24" t="s">
         <v>27</v>
       </c>
       <c r="D47" s="25" t="n">
-        <v>0.0606098</v>
+        <v>0.0624069</v>
       </c>
       <c r="E47" s="26" t="n">
-        <v>0.0606098</v>
+        <v>0.0624069</v>
       </c>
       <c r="F47" s="27" t="n">
-        <v>0.0606098</v>
+        <v>0.0624069</v>
       </c>
       <c r="G47" s="27" t="n">
-        <v>0.0606098</v>
+        <v>0.0624069</v>
       </c>
       <c r="H47" s="27" t="n">
-        <v>0.0606098</v>
+        <v>0.0624069</v>
       </c>
       <c r="I47" s="27" t="n">
-        <v>0.0606098</v>
+        <v>0.0624069</v>
       </c>
       <c r="J47" s="27" t="n">
-        <v>0.0606098</v>
+        <v>0.0624069</v>
       </c>
       <c r="K47" s="27" t="n">
-        <v>0.0606098</v>
+        <v>0.0624069</v>
       </c>
       <c r="L47" s="27" t="n">
-        <v>0.0606098</v>
+        <v>0.0624069</v>
       </c>
       <c r="M47" s="27" t="n">
-        <v>0.0606098</v>
+        <v>0.0624069</v>
       </c>
       <c r="N47" s="27" t="n">
-        <v>0.0606098</v>
+        <v>0.0624069</v>
       </c>
       <c r="O47" s="27" t="n">
-        <v>0.0606098</v>
+        <v>0.0624069</v>
       </c>
     </row>
     <row r="48" customFormat="false" ht="15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B48" s="23" t="s">
         <v>35</v>
       </c>
       <c r="C48" s="24" t="s">
         <v>27</v>
       </c>
       <c r="D48" s="25" t="n">
-        <v>0.1731707</v>
+        <v>0.1783055</v>
       </c>
       <c r="E48" s="26" t="n">
-        <v>0.1731707</v>
+        <v>0.1783055</v>
       </c>
       <c r="F48" s="27" t="n">
-        <v>0.1731707</v>
+        <v>0.1783055</v>
       </c>
       <c r="G48" s="27" t="n">
-        <v>0.1731707</v>
+        <v>0.1783055</v>
       </c>
       <c r="H48" s="27" t="n">
-        <v>0.1731707</v>
+        <v>0.1783055</v>
       </c>
       <c r="I48" s="27" t="n">
-        <v>0.1731707</v>
+        <v>0.1783055</v>
       </c>
       <c r="J48" s="27" t="n">
-        <v>0.1731707</v>
+        <v>0.1783055</v>
       </c>
       <c r="K48" s="27" t="n">
-        <v>0.1731707</v>
+        <v>0.1783055</v>
       </c>
       <c r="L48" s="27" t="n">
-        <v>0.1731707</v>
+        <v>0.1783055</v>
       </c>
       <c r="M48" s="27" t="n">
-        <v>0.1731707</v>
+        <v>0.1783055</v>
       </c>
       <c r="N48" s="27" t="n">
-        <v>0.1731707</v>
+        <v>0.1783055</v>
       </c>
       <c r="O48" s="27" t="n">
-        <v>0.1731707</v>
+        <v>0.1783055</v>
       </c>
     </row>
     <row r="49" customFormat="false" ht="15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B49" s="23" t="s">
         <v>36</v>
       </c>
       <c r="C49" s="24" t="s">
         <v>30</v>
       </c>
       <c r="D49" s="25" t="n">
-        <v>519.5121951</v>
+        <v>534.9165597</v>
       </c>
       <c r="E49" s="26" t="n">
-        <v>519.5121951</v>
+        <v>534.9165597</v>
       </c>
       <c r="F49" s="27" t="n">
-        <v>519.5121951</v>
+        <v>534.9165597</v>
       </c>
       <c r="G49" s="27" t="n">
-        <v>519.5121951</v>
+        <v>534.9165597</v>
       </c>
       <c r="H49" s="27" t="n">
-        <v>519.5121951</v>
+        <v>534.9165597</v>
       </c>
       <c r="I49" s="27" t="n">
-        <v>519.5121951</v>
+        <v>534.9165597</v>
       </c>
       <c r="J49" s="27" t="n">
-        <v>519.5121951</v>
+        <v>534.9165597</v>
       </c>
       <c r="K49" s="27" t="n">
-        <v>519.5121951</v>
+        <v>534.9165597</v>
       </c>
       <c r="L49" s="27" t="n">
-        <v>519.5121951</v>
+        <v>534.9165597</v>
       </c>
       <c r="M49" s="27" t="n">
-        <v>519.5121951</v>
+        <v>534.9165597</v>
       </c>
       <c r="N49" s="27" t="n">
-        <v>519.5121951</v>
+        <v>534.9165597</v>
       </c>
       <c r="O49" s="27" t="n">
-        <v>519.5121951</v>
+        <v>534.9165597</v>
       </c>
     </row>
     <row r="50" customFormat="false" ht="15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B50" s="23" t="s">
         <v>60</v>
       </c>
       <c r="C50" s="24" t="s">
         <v>27</v>
       </c>
       <c r="D50" s="25" t="n">
-        <v>0.033422</v>
+        <v>0.034413</v>
       </c>
       <c r="E50" s="26" t="n">
-        <v>0.033422</v>
+        <v>0.034413</v>
       </c>
       <c r="F50" s="27" t="n">
-        <v>0.033422</v>
+        <v>0.034413</v>
       </c>
       <c r="G50" s="27" t="n">
-        <v>0.033422</v>
+        <v>0.034413</v>
       </c>
       <c r="H50" s="27" t="n">
-        <v>0.033422</v>
+        <v>0.034413</v>
       </c>
       <c r="I50" s="27" t="n">
-        <v>0.033422</v>
+        <v>0.034413</v>
       </c>
       <c r="J50" s="27" t="n">
-        <v>0.033422</v>
+        <v>0.034413</v>
       </c>
       <c r="K50" s="27" t="n">
-        <v>0.033422</v>
+        <v>0.034413</v>
       </c>
       <c r="L50" s="27" t="n">
-        <v>0.033422</v>
+        <v>0.034413</v>
       </c>
       <c r="M50" s="27" t="n">
-        <v>0.033422</v>
+        <v>0.034413</v>
       </c>
       <c r="N50" s="27" t="n">
-        <v>0.033422</v>
+        <v>0.034413</v>
       </c>
       <c r="O50" s="27" t="n">
-        <v>0.033422</v>
+        <v>0.034413</v>
       </c>
     </row>
     <row r="51" customFormat="false" ht="15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B51" s="23" t="s">
         <v>61</v>
       </c>
       <c r="C51" s="24" t="s">
         <v>27</v>
       </c>
       <c r="D51" s="25" t="n">
-        <v>0.0420805</v>
+        <v>0.0433282</v>
       </c>
       <c r="E51" s="26" t="n">
-        <v>0.0420805</v>
+        <v>0.0433282</v>
       </c>
       <c r="F51" s="27" t="n">
-        <v>0.0420805</v>
+        <v>0.0433282</v>
       </c>
       <c r="G51" s="27" t="n">
-        <v>0.0420805</v>
+        <v>0.0433282</v>
       </c>
       <c r="H51" s="27" t="n">
-        <v>0.0420805</v>
+        <v>0.0433282</v>
       </c>
       <c r="I51" s="27" t="n">
-        <v>0.0420805</v>
+        <v>0.0433282</v>
       </c>
       <c r="J51" s="27" t="n">
-        <v>0.0420805</v>
+        <v>0.0433282</v>
       </c>
       <c r="K51" s="27" t="n">
-        <v>0.0420805</v>
+        <v>0.0433282</v>
       </c>
       <c r="L51" s="27" t="n">
-        <v>0.0420805</v>
+        <v>0.0433282</v>
       </c>
       <c r="M51" s="27" t="n">
-        <v>0.0420805</v>
+        <v>0.0433282</v>
       </c>
       <c r="N51" s="27" t="n">
-        <v>0.0420805</v>
+        <v>0.0433282</v>
       </c>
       <c r="O51" s="27" t="n">
-        <v>0.0420805</v>
+        <v>0.0433282</v>
       </c>
     </row>
     <row r="52" customFormat="false" ht="15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B52" s="23" t="s">
         <v>62</v>
       </c>
       <c r="C52" s="24" t="s">
         <v>27</v>
       </c>
       <c r="D52" s="25" t="n">
         <v>0</v>
       </c>
       <c r="E52" s="26" t="n">
         <v>0</v>
       </c>
       <c r="F52" s="27" t="n">
         <v>0</v>
       </c>
       <c r="G52" s="27" t="n">
         <v>0</v>
       </c>
       <c r="H52" s="27" t="n">
         <v>0</v>
       </c>
       <c r="I52" s="27" t="n">
@@ -2658,786 +2658,810 @@
       </c>
       <c r="K52" s="27" t="n">
         <v>0</v>
       </c>
       <c r="L52" s="27" t="n">
         <v>0</v>
       </c>
       <c r="M52" s="27" t="n">
         <v>0</v>
       </c>
       <c r="N52" s="27" t="n">
         <v>0</v>
       </c>
       <c r="O52" s="27" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="53" customFormat="false" ht="15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B53" s="23" t="s">
         <v>63</v>
       </c>
       <c r="C53" s="24" t="s">
         <v>27</v>
       </c>
       <c r="D53" s="25" t="n">
-        <v>0.0420805</v>
+        <v>0.0433282</v>
       </c>
       <c r="E53" s="26" t="n">
-        <v>0.0420805</v>
+        <v>0.0433282</v>
       </c>
       <c r="F53" s="27" t="n">
-        <v>0.0420805</v>
+        <v>0.0433282</v>
       </c>
       <c r="G53" s="27" t="n">
-        <v>0.0420805</v>
+        <v>0.0433282</v>
       </c>
       <c r="H53" s="27" t="n">
-        <v>0.0420805</v>
+        <v>0.0433282</v>
       </c>
       <c r="I53" s="27" t="n">
-        <v>0.0420805</v>
+        <v>0.0433282</v>
       </c>
       <c r="J53" s="27" t="n">
-        <v>0.0420805</v>
+        <v>0.0433282</v>
       </c>
       <c r="K53" s="27" t="n">
-        <v>0.0420805</v>
+        <v>0.0433282</v>
       </c>
       <c r="L53" s="27" t="n">
-        <v>0.0420805</v>
+        <v>0.0433282</v>
       </c>
       <c r="M53" s="27" t="n">
-        <v>0.0420805</v>
+        <v>0.0433282</v>
       </c>
       <c r="N53" s="27" t="n">
-        <v>0.0420805</v>
+        <v>0.0433282</v>
       </c>
       <c r="O53" s="27" t="n">
-        <v>0.0420805</v>
+        <v>0.0433282</v>
       </c>
     </row>
     <row r="54" customFormat="false" ht="15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B54" s="23" t="s">
         <v>64</v>
       </c>
       <c r="C54" s="24" t="s">
         <v>27</v>
       </c>
       <c r="D54" s="25" t="n">
-        <v>0.0074463</v>
+        <v>0.0076671</v>
       </c>
       <c r="E54" s="26" t="n">
-        <v>0.0074463</v>
+        <v>0.0076671</v>
       </c>
       <c r="F54" s="27" t="n">
-        <v>0.0074463</v>
+        <v>0.0076671</v>
       </c>
       <c r="G54" s="27" t="n">
-        <v>0.0074463</v>
+        <v>0.0076671</v>
       </c>
       <c r="H54" s="27" t="n">
-        <v>0.0074463</v>
+        <v>0.0076671</v>
       </c>
       <c r="I54" s="27" t="n">
-        <v>0.0074463</v>
+        <v>0.0076671</v>
       </c>
       <c r="J54" s="27" t="n">
-        <v>0.0074463</v>
+        <v>0.0076671</v>
       </c>
       <c r="K54" s="27" t="n">
-        <v>0.0074463</v>
+        <v>0.0076671</v>
       </c>
       <c r="L54" s="27" t="n">
-        <v>0.0074463</v>
+        <v>0.0076671</v>
       </c>
       <c r="M54" s="27" t="n">
-        <v>0.0074463</v>
+        <v>0.0076671</v>
       </c>
       <c r="N54" s="27" t="n">
-        <v>0.0074463</v>
+        <v>0.0076671</v>
       </c>
       <c r="O54" s="27" t="n">
-        <v>0.0074463</v>
+        <v>0.0076671</v>
       </c>
     </row>
     <row r="55" customFormat="false" ht="15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B55" s="23" t="s">
         <v>38</v>
       </c>
       <c r="C55" s="24" t="s">
         <v>27</v>
       </c>
       <c r="D55" s="25" t="n">
-        <v>0.0964561</v>
+        <v>0.0993162</v>
       </c>
       <c r="E55" s="26" t="n">
-        <v>0.0964561</v>
+        <v>0.0993162</v>
       </c>
       <c r="F55" s="27" t="n">
-        <v>0.0964561</v>
+        <v>0.0993162</v>
       </c>
       <c r="G55" s="27" t="n">
-        <v>0.0964561</v>
+        <v>0.0993162</v>
       </c>
       <c r="H55" s="27" t="n">
-        <v>0.0964561</v>
+        <v>0.0993162</v>
       </c>
       <c r="I55" s="27" t="n">
-        <v>0.0964561</v>
+        <v>0.0993162</v>
       </c>
       <c r="J55" s="27" t="n">
-        <v>0.0964561</v>
+        <v>0.0993162</v>
       </c>
       <c r="K55" s="27" t="n">
-        <v>0.0964561</v>
+        <v>0.0993162</v>
       </c>
       <c r="L55" s="27" t="n">
-        <v>0.0964561</v>
+        <v>0.0993162</v>
       </c>
       <c r="M55" s="27" t="n">
-        <v>0.0964561</v>
+        <v>0.0993162</v>
       </c>
       <c r="N55" s="27" t="n">
-        <v>0.0964561</v>
+        <v>0.0993162</v>
       </c>
       <c r="O55" s="27" t="n">
-        <v>0.0964561</v>
+        <v>0.0993162</v>
       </c>
     </row>
     <row r="56" customFormat="false" ht="15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B56" s="23" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="C56" s="24" t="s">
         <v>27</v>
       </c>
       <c r="D56" s="25" t="n">
-        <v>0.0701341</v>
+        <v>0.0265675</v>
       </c>
       <c r="E56" s="26" t="n">
-        <v>0.0701341</v>
+        <v>0.0265675</v>
       </c>
       <c r="F56" s="27" t="n">
-        <v>0.0701341</v>
+        <v>0.0265675</v>
       </c>
       <c r="G56" s="27" t="n">
-        <v>0.0701341</v>
+        <v>0.0265675</v>
       </c>
       <c r="H56" s="27" t="n">
-        <v>0.0701341</v>
+        <v>0.0265675</v>
       </c>
       <c r="I56" s="27" t="n">
-        <v>0.0701341</v>
+        <v>0.0265675</v>
       </c>
       <c r="J56" s="27" t="n">
-        <v>0.0701341</v>
+        <v>0.0265675</v>
       </c>
       <c r="K56" s="27" t="n">
-        <v>0.0701341</v>
+        <v>0.0265675</v>
       </c>
       <c r="L56" s="27" t="n">
-        <v>0.0701341</v>
+        <v>0.0265675</v>
       </c>
       <c r="M56" s="27" t="n">
-        <v>0.0701341</v>
+        <v>0.0265675</v>
       </c>
       <c r="N56" s="27" t="n">
-        <v>0.0701341</v>
+        <v>0.0265675</v>
       </c>
       <c r="O56" s="27" t="n">
-        <v>0.0701341</v>
+        <v>0.0265675</v>
       </c>
     </row>
     <row r="57" customFormat="false" ht="15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B57" s="23" t="s">
+        <v>48</v>
+      </c>
+      <c r="C57" s="24" t="s">
+        <v>27</v>
+      </c>
+      <c r="D57" s="25" t="n">
+        <v>0.0722137</v>
+      </c>
+      <c r="E57" s="26" t="n">
+        <v>0.0722137</v>
+      </c>
+      <c r="F57" s="27" t="n">
+        <v>0.0722137</v>
+      </c>
+      <c r="G57" s="27" t="n">
+        <v>0.0722137</v>
+      </c>
+      <c r="H57" s="27" t="n">
+        <v>0.0722137</v>
+      </c>
+      <c r="I57" s="27" t="n">
+        <v>0.0722137</v>
+      </c>
+      <c r="J57" s="27" t="n">
+        <v>0.0722137</v>
+      </c>
+      <c r="K57" s="27" t="n">
+        <v>0.0722137</v>
+      </c>
+      <c r="L57" s="27" t="n">
+        <v>0.0722137</v>
+      </c>
+      <c r="M57" s="27" t="n">
+        <v>0.0722137</v>
+      </c>
+      <c r="N57" s="27" t="n">
+        <v>0.0722137</v>
+      </c>
+      <c r="O57" s="27" t="n">
+        <v>0.0722137</v>
+      </c>
+    </row>
+    <row r="58" customFormat="false" ht="15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="B58" s="23" t="s">
         <v>50</v>
       </c>
-      <c r="C57" s="24" t="s">
-[...56 lines deleted...]
-      <c r="B61" s="9" t="s">
+      <c r="C58" s="24" t="s">
+        <v>27</v>
+      </c>
+      <c r="D58" s="25" t="n">
+        <v>0.3530449</v>
+      </c>
+      <c r="E58" s="26" t="n">
+        <v>0.3530449</v>
+      </c>
+      <c r="F58" s="27" t="n">
+        <v>0.3530449</v>
+      </c>
+      <c r="G58" s="27" t="n">
+        <v>0.3530449</v>
+      </c>
+      <c r="H58" s="27" t="n">
+        <v>0.3530449</v>
+      </c>
+      <c r="I58" s="27" t="n">
+        <v>0.3530449</v>
+      </c>
+      <c r="J58" s="27" t="n">
+        <v>0.3530449</v>
+      </c>
+      <c r="K58" s="27" t="n">
+        <v>0.3530449</v>
+      </c>
+      <c r="L58" s="27" t="n">
+        <v>0.3530449</v>
+      </c>
+      <c r="M58" s="27" t="n">
+        <v>0.3530449</v>
+      </c>
+      <c r="N58" s="27" t="n">
+        <v>0.3530449</v>
+      </c>
+      <c r="O58" s="27" t="n">
+        <v>0.3530449</v>
+      </c>
+    </row>
+    <row r="59" customFormat="false" ht="13.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="B59" s="28"/>
+      <c r="C59" s="29"/>
+      <c r="D59" s="30"/>
+      <c r="E59" s="31"/>
+      <c r="F59" s="32"/>
+      <c r="G59" s="32"/>
+      <c r="H59" s="32"/>
+      <c r="I59" s="32"/>
+      <c r="J59" s="32"/>
+      <c r="K59" s="32"/>
+      <c r="L59" s="32"/>
+      <c r="M59" s="32"/>
+      <c r="N59" s="32"/>
+      <c r="O59" s="32"/>
+    </row>
+    <row r="62" customFormat="false" ht="18.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="B62" s="9" t="s">
         <v>65</v>
       </c>
-      <c r="C61" s="10"/>
-[...30 lines deleted...]
-      <c r="B63" s="15" t="s">
+      <c r="C62" s="10"/>
+      <c r="D62" s="10"/>
+      <c r="E62" s="10"/>
+      <c r="F62" s="10"/>
+      <c r="G62" s="10"/>
+      <c r="H62" s="10"/>
+      <c r="I62" s="10"/>
+      <c r="J62" s="10"/>
+      <c r="K62" s="10"/>
+      <c r="L62" s="10"/>
+      <c r="M62" s="10"/>
+      <c r="N62" s="10"/>
+      <c r="O62" s="11"/>
+    </row>
+    <row r="63" customFormat="false" ht="13.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="B63" s="12"/>
+      <c r="C63" s="13"/>
+      <c r="D63" s="13"/>
+      <c r="E63" s="13"/>
+      <c r="F63" s="13"/>
+      <c r="G63" s="13"/>
+      <c r="H63" s="13"/>
+      <c r="I63" s="13"/>
+      <c r="J63" s="13"/>
+      <c r="K63" s="13"/>
+      <c r="L63" s="13"/>
+      <c r="M63" s="13"/>
+      <c r="N63" s="13"/>
+      <c r="O63" s="14"/>
+    </row>
+    <row r="64" customFormat="false" ht="18" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="B64" s="15" t="s">
         <v>12</v>
       </c>
-      <c r="C63" s="15" t="s">
+      <c r="C64" s="15" t="s">
         <v>13</v>
       </c>
-      <c r="D63" s="16" t="s">
+      <c r="D64" s="16" t="s">
         <v>14</v>
       </c>
-      <c r="E63" s="17" t="s">
+      <c r="E64" s="17" t="s">
         <v>15</v>
       </c>
-      <c r="F63" s="16" t="s">
+      <c r="F64" s="16" t="s">
         <v>16</v>
       </c>
-      <c r="G63" s="16" t="s">
+      <c r="G64" s="16" t="s">
         <v>17</v>
       </c>
-      <c r="H63" s="16" t="s">
+      <c r="H64" s="16" t="s">
         <v>18</v>
       </c>
-      <c r="I63" s="16" t="s">
+      <c r="I64" s="16" t="s">
         <v>19</v>
       </c>
-      <c r="J63" s="16" t="s">
+      <c r="J64" s="16" t="s">
         <v>20</v>
       </c>
-      <c r="K63" s="16" t="s">
+      <c r="K64" s="16" t="s">
         <v>21</v>
       </c>
-      <c r="L63" s="16" t="s">
+      <c r="L64" s="16" t="s">
         <v>22</v>
       </c>
-      <c r="M63" s="16" t="s">
+      <c r="M64" s="16" t="s">
         <v>23</v>
       </c>
-      <c r="N63" s="16" t="s">
+      <c r="N64" s="16" t="s">
         <v>24</v>
       </c>
-      <c r="O63" s="16" t="s">
+      <c r="O64" s="16" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="64" customFormat="false" ht="13.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
-[...57 lines deleted...]
-      </c>
+    <row r="65" customFormat="false" ht="13.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="B65" s="18"/>
+      <c r="C65" s="19"/>
+      <c r="D65" s="20"/>
+      <c r="E65" s="21"/>
+      <c r="F65" s="22"/>
+      <c r="G65" s="22"/>
+      <c r="H65" s="22"/>
+      <c r="I65" s="22"/>
+      <c r="J65" s="22"/>
+      <c r="K65" s="22"/>
+      <c r="L65" s="22"/>
+      <c r="M65" s="22"/>
+      <c r="N65" s="22"/>
+      <c r="O65" s="22"/>
     </row>
     <row r="66" customFormat="false" ht="15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B66" s="23" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="C66" s="24" t="s">
         <v>27</v>
       </c>
       <c r="D66" s="25" t="n">
-        <v>0.0014289</v>
+        <v>0.0608135</v>
       </c>
       <c r="E66" s="26" t="n">
-        <v>0.0014289</v>
+        <v>0.0608135</v>
       </c>
       <c r="F66" s="27" t="n">
-        <v>0.0014289</v>
+        <v>0.0608135</v>
       </c>
       <c r="G66" s="27" t="n">
-        <v>0.0014289</v>
+        <v>0.0608135</v>
       </c>
       <c r="H66" s="27" t="n">
-        <v>0.0014289</v>
+        <v>0.0608135</v>
       </c>
       <c r="I66" s="27" t="n">
-        <v>0.0014289</v>
+        <v>0.0608135</v>
       </c>
       <c r="J66" s="27" t="n">
-        <v>0.0014289</v>
+        <v>0.0608135</v>
       </c>
       <c r="K66" s="27" t="n">
-        <v>0.0014289</v>
+        <v>0.0608135</v>
       </c>
       <c r="L66" s="27" t="n">
-        <v>0.0014289</v>
+        <v>0.0608135</v>
       </c>
       <c r="M66" s="27" t="n">
-        <v>0.0014289</v>
+        <v>0.0608135</v>
       </c>
       <c r="N66" s="27" t="n">
-        <v>0.0014289</v>
+        <v>0.0608135</v>
       </c>
       <c r="O66" s="27" t="n">
-        <v>0.0014289</v>
+        <v>0.0608135</v>
       </c>
     </row>
     <row r="67" customFormat="false" ht="15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B67" s="23" t="s">
-        <v>66</v>
+        <v>28</v>
       </c>
       <c r="C67" s="24" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="D67" s="25" t="n">
-        <v>78.3129588</v>
+        <v>0.0013039</v>
       </c>
       <c r="E67" s="26" t="n">
-        <v>78.3129588</v>
+        <v>0.0013039</v>
       </c>
       <c r="F67" s="27" t="n">
-        <v>78.3129588</v>
+        <v>0.0013039</v>
       </c>
       <c r="G67" s="27" t="n">
-        <v>78.3129588</v>
+        <v>0.0013039</v>
       </c>
       <c r="H67" s="27" t="n">
-        <v>78.3129588</v>
+        <v>0.0013039</v>
       </c>
       <c r="I67" s="27" t="n">
-        <v>78.3129588</v>
+        <v>0.0013039</v>
       </c>
       <c r="J67" s="27" t="n">
-        <v>78.3129588</v>
+        <v>0.0013039</v>
       </c>
       <c r="K67" s="27" t="n">
-        <v>78.3129588</v>
+        <v>0.0013039</v>
       </c>
       <c r="L67" s="27" t="n">
-        <v>78.3129588</v>
+        <v>0.0013039</v>
       </c>
       <c r="M67" s="27" t="n">
-        <v>78.3129588</v>
+        <v>0.0013039</v>
       </c>
       <c r="N67" s="27" t="n">
-        <v>78.3129588</v>
+        <v>0.0013039</v>
       </c>
       <c r="O67" s="27" t="n">
-        <v>78.3129588</v>
+        <v>0.0013039</v>
       </c>
     </row>
     <row r="68" customFormat="false" ht="15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B68" s="23" t="s">
-        <v>32</v>
+        <v>66</v>
       </c>
       <c r="C68" s="24" t="s">
         <v>30</v>
       </c>
       <c r="D68" s="25" t="n">
-        <v>100.0559175</v>
+        <v>129.0659278</v>
       </c>
       <c r="E68" s="26" t="n">
-        <v>100.0559175</v>
+        <v>129.0659278</v>
       </c>
       <c r="F68" s="27" t="n">
-        <v>100.0559175</v>
+        <v>129.0659278</v>
       </c>
       <c r="G68" s="27" t="n">
-        <v>100.0559175</v>
+        <v>129.0659278</v>
       </c>
       <c r="H68" s="27" t="n">
-        <v>100.0559175</v>
+        <v>129.0659278</v>
       </c>
       <c r="I68" s="27" t="n">
-        <v>100.0559175</v>
+        <v>129.0659278</v>
       </c>
       <c r="J68" s="27" t="n">
-        <v>100.0559175</v>
+        <v>129.0659278</v>
       </c>
       <c r="K68" s="27" t="n">
-        <v>100.0559175</v>
+        <v>129.0659278</v>
       </c>
       <c r="L68" s="27" t="n">
-        <v>100.0559175</v>
+        <v>129.0659278</v>
       </c>
       <c r="M68" s="27" t="n">
-        <v>100.0559175</v>
+        <v>129.0659278</v>
       </c>
       <c r="N68" s="27" t="n">
-        <v>100.0559175</v>
+        <v>129.0659278</v>
       </c>
       <c r="O68" s="27" t="n">
-        <v>100.0559175</v>
+        <v>129.0659278</v>
       </c>
     </row>
     <row r="69" customFormat="false" ht="15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B69" s="23" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="C69" s="24" t="s">
         <v>30</v>
       </c>
-      <c r="D69" s="25"/>
-[...10 lines deleted...]
-      <c r="O69" s="27"/>
+      <c r="D69" s="25" t="n">
+        <v>132.5347769</v>
+      </c>
+      <c r="E69" s="26" t="n">
+        <v>132.5347769</v>
+      </c>
+      <c r="F69" s="27" t="n">
+        <v>132.5347769</v>
+      </c>
+      <c r="G69" s="27" t="n">
+        <v>132.5347769</v>
+      </c>
+      <c r="H69" s="27" t="n">
+        <v>132.5347769</v>
+      </c>
+      <c r="I69" s="27" t="n">
+        <v>132.5347769</v>
+      </c>
+      <c r="J69" s="27" t="n">
+        <v>132.5347769</v>
+      </c>
+      <c r="K69" s="27" t="n">
+        <v>132.5347769</v>
+      </c>
+      <c r="L69" s="27" t="n">
+        <v>132.5347769</v>
+      </c>
+      <c r="M69" s="27" t="n">
+        <v>132.5347769</v>
+      </c>
+      <c r="N69" s="27" t="n">
+        <v>132.5347769</v>
+      </c>
+      <c r="O69" s="27" t="n">
+        <v>132.5347769</v>
+      </c>
     </row>
     <row r="70" customFormat="false" ht="15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B70" s="23" t="s">
         <v>35</v>
       </c>
       <c r="C70" s="24" t="s">
         <v>27</v>
       </c>
       <c r="D70" s="25" t="n">
-        <v>0.0113144</v>
+        <v>0.0123904</v>
       </c>
       <c r="E70" s="26" t="n">
-        <v>0.0113144</v>
+        <v>0.0123904</v>
       </c>
       <c r="F70" s="27" t="n">
-        <v>0.0113144</v>
+        <v>0.0123904</v>
       </c>
       <c r="G70" s="27" t="n">
-        <v>0.0113144</v>
+        <v>0.0123904</v>
       </c>
       <c r="H70" s="27" t="n">
-        <v>0.0113144</v>
+        <v>0.0123904</v>
       </c>
       <c r="I70" s="27" t="n">
-        <v>0.0113144</v>
+        <v>0.0123904</v>
       </c>
       <c r="J70" s="27" t="n">
-        <v>0.0113144</v>
+        <v>0.0123904</v>
       </c>
       <c r="K70" s="27" t="n">
-        <v>0.0113144</v>
+        <v>0.0123904</v>
       </c>
       <c r="L70" s="27" t="n">
-        <v>0.0113144</v>
+        <v>0.0123904</v>
       </c>
       <c r="M70" s="27" t="n">
-        <v>0.0113144</v>
+        <v>0.0123904</v>
       </c>
       <c r="N70" s="27" t="n">
-        <v>0.0113144</v>
+        <v>0.0123904</v>
       </c>
       <c r="O70" s="27" t="n">
-        <v>0.0113144</v>
+        <v>0.0123904</v>
       </c>
     </row>
     <row r="71" customFormat="false" ht="15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B71" s="23" t="s">
         <v>36</v>
       </c>
       <c r="C71" s="24" t="s">
         <v>30</v>
       </c>
       <c r="D71" s="25" t="n">
-        <v>228.6725871</v>
+        <v>193.8418678</v>
       </c>
       <c r="E71" s="26" t="n">
-        <v>228.6725871</v>
+        <v>193.8418678</v>
       </c>
       <c r="F71" s="27" t="n">
-        <v>228.6725871</v>
+        <v>193.8418678</v>
       </c>
       <c r="G71" s="27" t="n">
-        <v>228.6725871</v>
+        <v>193.8418678</v>
       </c>
       <c r="H71" s="27" t="n">
-        <v>228.6725871</v>
+        <v>193.8418678</v>
       </c>
       <c r="I71" s="27" t="n">
-        <v>228.6725871</v>
+        <v>193.8418678</v>
       </c>
       <c r="J71" s="27" t="n">
-        <v>228.6725871</v>
+        <v>193.8418678</v>
       </c>
       <c r="K71" s="27" t="n">
-        <v>228.6725871</v>
+        <v>193.8418678</v>
       </c>
       <c r="L71" s="27" t="n">
-        <v>228.6725871</v>
+        <v>193.8418678</v>
       </c>
       <c r="M71" s="27" t="n">
-        <v>228.6725871</v>
+        <v>193.8418678</v>
       </c>
       <c r="N71" s="27" t="n">
-        <v>228.6725871</v>
+        <v>193.8418678</v>
       </c>
       <c r="O71" s="27" t="n">
-        <v>228.6725871</v>
+        <v>193.8418678</v>
       </c>
     </row>
     <row r="72" customFormat="false" ht="15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B72" s="23" t="s">
         <v>67</v>
       </c>
       <c r="C72" s="24" t="s">
         <v>41</v>
       </c>
       <c r="D72" s="25" t="n">
-        <v>27.4775804</v>
+        <v>26.5043339</v>
       </c>
       <c r="E72" s="26" t="n">
-        <v>27.4775804</v>
+        <v>26.5043339</v>
       </c>
       <c r="F72" s="27" t="n">
-        <v>27.4775804</v>
+        <v>26.5043339</v>
       </c>
       <c r="G72" s="27" t="n">
-        <v>27.4775804</v>
+        <v>26.5043339</v>
       </c>
       <c r="H72" s="27" t="n">
-        <v>27.4775804</v>
+        <v>26.5043339</v>
       </c>
       <c r="I72" s="27" t="n">
-        <v>27.4775804</v>
+        <v>26.5043339</v>
       </c>
       <c r="J72" s="27" t="n">
-        <v>27.4775804</v>
+        <v>26.5043339</v>
       </c>
       <c r="K72" s="27" t="n">
-        <v>27.4775804</v>
+        <v>26.5043339</v>
       </c>
       <c r="L72" s="27" t="n">
-        <v>27.4775804</v>
+        <v>26.5043339</v>
       </c>
       <c r="M72" s="27" t="n">
-        <v>27.4775804</v>
+        <v>26.5043339</v>
       </c>
       <c r="N72" s="27" t="n">
-        <v>27.4775804</v>
+        <v>26.5043339</v>
       </c>
       <c r="O72" s="27" t="n">
-        <v>27.4775804</v>
+        <v>26.5043339</v>
       </c>
     </row>
     <row r="73" customFormat="false" ht="15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B73" s="23" t="s">
         <v>38</v>
       </c>
       <c r="C73" s="24" t="s">
         <v>27</v>
       </c>
       <c r="D73" s="25" t="n">
-        <v>0.0196729</v>
+        <v>0.0293205</v>
       </c>
       <c r="E73" s="26" t="n">
-        <v>0.0196729</v>
+        <v>0.0293205</v>
       </c>
       <c r="F73" s="27" t="n">
-        <v>0.0196729</v>
+        <v>0.0293205</v>
       </c>
       <c r="G73" s="27" t="n">
-        <v>0.0196729</v>
+        <v>0.0293205</v>
       </c>
       <c r="H73" s="27" t="n">
-        <v>0.0196729</v>
+        <v>0.0293205</v>
       </c>
       <c r="I73" s="27" t="n">
-        <v>0.0196729</v>
+        <v>0.0293205</v>
       </c>
       <c r="J73" s="27" t="n">
-        <v>0.0196729</v>
+        <v>0.0293205</v>
       </c>
       <c r="K73" s="27" t="n">
-        <v>0.0196729</v>
+        <v>0.0293205</v>
       </c>
       <c r="L73" s="27" t="n">
-        <v>0.0196729</v>
+        <v>0.0293205</v>
       </c>
       <c r="M73" s="27" t="n">
-        <v>0.0196729</v>
+        <v>0.0293205</v>
       </c>
       <c r="N73" s="27" t="n">
-        <v>0.0196729</v>
+        <v>0.0293205</v>
       </c>
       <c r="O73" s="27" t="n">
-        <v>0.0196729</v>
+        <v>0.0293205</v>
       </c>
     </row>
     <row r="74" customFormat="false" ht="15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B74" s="23" t="s">
         <v>42</v>
       </c>
       <c r="C74" s="24" t="s">
         <v>27</v>
       </c>
       <c r="D74" s="25" t="n">
-        <v>0.003285</v>
+        <v>0.0034846</v>
       </c>
       <c r="E74" s="26" t="n">
-        <v>0.003285</v>
+        <v>0.0034846</v>
       </c>
       <c r="F74" s="27" t="n">
-        <v>0.003285</v>
+        <v>0.0034846</v>
       </c>
       <c r="G74" s="27" t="n">
-        <v>0.003285</v>
+        <v>0.0034846</v>
       </c>
       <c r="H74" s="27" t="n">
-        <v>0.003285</v>
+        <v>0.0034846</v>
       </c>
       <c r="I74" s="27" t="n">
-        <v>0.003285</v>
+        <v>0.0034846</v>
       </c>
       <c r="J74" s="27" t="n">
-        <v>0.003285</v>
+        <v>0.0034846</v>
       </c>
       <c r="K74" s="27" t="n">
-        <v>0.003285</v>
+        <v>0.0034846</v>
       </c>
       <c r="L74" s="27" t="n">
-        <v>0.003285</v>
+        <v>0.0034846</v>
       </c>
       <c r="M74" s="27" t="n">
-        <v>0.003285</v>
+        <v>0.0034846</v>
       </c>
       <c r="N74" s="27" t="n">
-        <v>0.003285</v>
+        <v>0.0034846</v>
       </c>
       <c r="O74" s="27" t="n">
-        <v>0.003285</v>
+        <v>0.0034846</v>
       </c>
     </row>
     <row r="75" customFormat="false" ht="13.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B75" s="28"/>
       <c r="C75" s="29"/>
       <c r="D75" s="30"/>
       <c r="E75" s="31"/>
       <c r="F75" s="32"/>
       <c r="G75" s="32"/>
       <c r="H75" s="32"/>
       <c r="I75" s="32"/>
       <c r="J75" s="32"/>
       <c r="K75" s="32"/>
       <c r="L75" s="32"/>
       <c r="M75" s="32"/>
       <c r="N75" s="32"/>
       <c r="O75" s="32"/>
     </row>
     <row r="78" customFormat="false" ht="18.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B78" s="9" t="s">
         <v>68</v>
       </c>
       <c r="C78" s="10"/>
       <c r="D78" s="10"/>
       <c r="E78" s="10"/>
@@ -3514,940 +3538,964 @@
     </row>
     <row r="81" customFormat="false" ht="13.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B81" s="18"/>
       <c r="C81" s="19"/>
       <c r="D81" s="20"/>
       <c r="E81" s="21"/>
       <c r="F81" s="22"/>
       <c r="G81" s="22"/>
       <c r="H81" s="22"/>
       <c r="I81" s="22"/>
       <c r="J81" s="22"/>
       <c r="K81" s="22"/>
       <c r="L81" s="22"/>
       <c r="M81" s="22"/>
       <c r="N81" s="22"/>
       <c r="O81" s="22"/>
     </row>
     <row r="82" customFormat="false" ht="15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B82" s="23" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="24" t="s">
         <v>27</v>
       </c>
       <c r="D82" s="25" t="n">
-        <v>0.0277972</v>
+        <v>0.0103199</v>
       </c>
       <c r="E82" s="26" t="n">
-        <v>0.0277972</v>
+        <v>0.0103199</v>
       </c>
       <c r="F82" s="27" t="n">
-        <v>0.0277972</v>
+        <v>0.0103199</v>
       </c>
       <c r="G82" s="27" t="n">
-        <v>0.0277972</v>
+        <v>0.0103199</v>
       </c>
       <c r="H82" s="27" t="n">
-        <v>0.0277972</v>
+        <v>0.0103199</v>
       </c>
       <c r="I82" s="27" t="n">
-        <v>0.0277972</v>
+        <v>0.0103199</v>
       </c>
       <c r="J82" s="27" t="n">
-        <v>0.0277972</v>
+        <v>0.0103199</v>
       </c>
       <c r="K82" s="27" t="n">
-        <v>0.0277972</v>
+        <v>0.0103199</v>
       </c>
       <c r="L82" s="27" t="n">
-        <v>0.0277972</v>
+        <v>0.0103199</v>
       </c>
       <c r="M82" s="27" t="n">
-        <v>0.0277972</v>
+        <v>0.0103199</v>
       </c>
       <c r="N82" s="27" t="n">
-        <v>0.0277972</v>
+        <v>0.0103199</v>
       </c>
       <c r="O82" s="27" t="n">
-        <v>0.0277972</v>
+        <v>0.0103199</v>
       </c>
     </row>
     <row r="83" customFormat="false" ht="15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B83" s="23" t="s">
         <v>28</v>
       </c>
       <c r="C83" s="24" t="s">
         <v>27</v>
       </c>
       <c r="D83" s="25" t="n">
-        <v>0.0048747</v>
+        <v>0.0035613</v>
       </c>
       <c r="E83" s="26" t="n">
-        <v>0.0048747</v>
+        <v>0.0035613</v>
       </c>
       <c r="F83" s="27" t="n">
-        <v>0.0048747</v>
+        <v>0.0035613</v>
       </c>
       <c r="G83" s="27" t="n">
-        <v>0.0048747</v>
+        <v>0.0035613</v>
       </c>
       <c r="H83" s="27" t="n">
-        <v>0.0048747</v>
+        <v>0.0035613</v>
       </c>
       <c r="I83" s="27" t="n">
-        <v>0.0048747</v>
+        <v>0.0035613</v>
       </c>
       <c r="J83" s="27" t="n">
-        <v>0.0048747</v>
+        <v>0.0035613</v>
       </c>
       <c r="K83" s="27" t="n">
-        <v>0.0048747</v>
+        <v>0.0035613</v>
       </c>
       <c r="L83" s="27" t="n">
-        <v>0.0048747</v>
+        <v>0.0035613</v>
       </c>
       <c r="M83" s="27" t="n">
-        <v>0.0048747</v>
+        <v>0.0035613</v>
       </c>
       <c r="N83" s="27" t="n">
-        <v>0.0048747</v>
+        <v>0.0035613</v>
       </c>
       <c r="O83" s="27" t="n">
-        <v>0.0048747</v>
+        <v>0.0035613</v>
       </c>
     </row>
     <row r="84" customFormat="false" ht="15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B84" s="23" t="s">
         <v>66</v>
       </c>
       <c r="C84" s="24" t="s">
         <v>30</v>
       </c>
       <c r="D84" s="25" t="n">
-        <v>287.7777945</v>
+        <v>609.7435505</v>
       </c>
       <c r="E84" s="26" t="n">
-        <v>287.7777945</v>
+        <v>609.7435505</v>
       </c>
       <c r="F84" s="27" t="n">
-        <v>287.7777945</v>
+        <v>609.7435505</v>
       </c>
       <c r="G84" s="27" t="n">
-        <v>287.7777945</v>
+        <v>609.7435505</v>
       </c>
       <c r="H84" s="27" t="n">
-        <v>287.7777945</v>
+        <v>609.7435505</v>
       </c>
       <c r="I84" s="27" t="n">
-        <v>287.7777945</v>
+        <v>609.7435505</v>
       </c>
       <c r="J84" s="27" t="n">
-        <v>287.7777945</v>
+        <v>609.7435505</v>
       </c>
       <c r="K84" s="27" t="n">
-        <v>287.7777945</v>
+        <v>609.7435505</v>
       </c>
       <c r="L84" s="27" t="n">
-        <v>287.7777945</v>
+        <v>609.7435505</v>
       </c>
       <c r="M84" s="27" t="n">
-        <v>287.7777945</v>
+        <v>609.7435505</v>
       </c>
       <c r="N84" s="27" t="n">
-        <v>287.7777945</v>
+        <v>609.7435505</v>
       </c>
       <c r="O84" s="27" t="n">
-        <v>287.7777945</v>
+        <v>609.7435505</v>
       </c>
     </row>
     <row r="85" customFormat="false" ht="15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B85" s="23" t="s">
         <v>32</v>
       </c>
       <c r="C85" s="24" t="s">
         <v>30</v>
       </c>
       <c r="D85" s="25" t="n">
-        <v>370.3516391</v>
+        <v>618.9276186</v>
       </c>
       <c r="E85" s="26" t="n">
-        <v>370.3516391</v>
+        <v>618.9276186</v>
       </c>
       <c r="F85" s="27" t="n">
-        <v>370.3516391</v>
+        <v>618.9276186</v>
       </c>
       <c r="G85" s="27" t="n">
-        <v>370.3516391</v>
+        <v>618.9276186</v>
       </c>
       <c r="H85" s="27" t="n">
-        <v>370.3516391</v>
+        <v>618.9276186</v>
       </c>
       <c r="I85" s="27" t="n">
-        <v>370.3516391</v>
+        <v>618.9276186</v>
       </c>
       <c r="J85" s="27" t="n">
-        <v>370.3516391</v>
+        <v>618.9276186</v>
       </c>
       <c r="K85" s="27" t="n">
-        <v>370.3516391</v>
+        <v>618.9276186</v>
       </c>
       <c r="L85" s="27" t="n">
-        <v>370.3516391</v>
+        <v>618.9276186</v>
       </c>
       <c r="M85" s="27" t="n">
-        <v>370.3516391</v>
+        <v>618.9276186</v>
       </c>
       <c r="N85" s="27" t="n">
-        <v>370.3516391</v>
+        <v>618.9276186</v>
       </c>
       <c r="O85" s="27" t="n">
-        <v>370.3516391</v>
+        <v>618.9276186</v>
       </c>
     </row>
     <row r="86" customFormat="false" ht="15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B86" s="23" t="s">
         <v>34</v>
       </c>
       <c r="C86" s="24" t="s">
         <v>30</v>
       </c>
-      <c r="D86" s="25"/>
-[...10 lines deleted...]
-      <c r="O86" s="27"/>
+      <c r="D86" s="25" t="n">
+        <v>2168.5139842</v>
+      </c>
+      <c r="E86" s="26" t="n">
+        <v>2168.5139842</v>
+      </c>
+      <c r="F86" s="27" t="n">
+        <v>2168.5139842</v>
+      </c>
+      <c r="G86" s="27" t="n">
+        <v>2168.5139842</v>
+      </c>
+      <c r="H86" s="27" t="n">
+        <v>2168.5139842</v>
+      </c>
+      <c r="I86" s="27" t="n">
+        <v>2168.5139842</v>
+      </c>
+      <c r="J86" s="27" t="n">
+        <v>2168.5139842</v>
+      </c>
+      <c r="K86" s="27" t="n">
+        <v>2168.5139842</v>
+      </c>
+      <c r="L86" s="27" t="n">
+        <v>2168.5139842</v>
+      </c>
+      <c r="M86" s="27" t="n">
+        <v>2168.5139842</v>
+      </c>
+      <c r="N86" s="27" t="n">
+        <v>2168.5139842</v>
+      </c>
+      <c r="O86" s="27" t="n">
+        <v>2168.5139842</v>
+      </c>
     </row>
     <row r="87" customFormat="false" ht="15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B87" s="23" t="s">
         <v>35</v>
       </c>
       <c r="C87" s="24" t="s">
         <v>27</v>
       </c>
       <c r="D87" s="25" t="n">
-        <v>0.083919</v>
+        <v>0.0797014</v>
       </c>
       <c r="E87" s="26" t="n">
-        <v>0.083919</v>
+        <v>0.0797014</v>
       </c>
       <c r="F87" s="27" t="n">
-        <v>0.083919</v>
+        <v>0.0797014</v>
       </c>
       <c r="G87" s="27" t="n">
-        <v>0.083919</v>
+        <v>0.0797014</v>
       </c>
       <c r="H87" s="27" t="n">
-        <v>0.083919</v>
+        <v>0.0797014</v>
       </c>
       <c r="I87" s="27" t="n">
-        <v>0.0858934</v>
+        <v>0.0797014</v>
       </c>
       <c r="J87" s="27" t="n">
-        <v>0.0858934</v>
+        <v>0.0797014</v>
       </c>
       <c r="K87" s="27" t="n">
-        <v>0.0858934</v>
+        <v>0.0797014</v>
       </c>
       <c r="L87" s="27" t="n">
-        <v>0.0892086</v>
+        <v>0.0797014</v>
       </c>
       <c r="M87" s="27" t="n">
-        <v>0.0892086</v>
+        <v>0.0797014</v>
       </c>
       <c r="N87" s="27" t="n">
-        <v>0.0892086</v>
+        <v>0.0797014</v>
       </c>
       <c r="O87" s="27" t="n">
-        <v>0.0892086</v>
+        <v>0.0797014</v>
       </c>
     </row>
     <row r="88" customFormat="false" ht="15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B88" s="23" t="s">
         <v>36</v>
       </c>
       <c r="C88" s="24" t="s">
         <v>30</v>
       </c>
       <c r="D88" s="25" t="n">
-        <v>632.6700347</v>
+        <v>613.2264039</v>
       </c>
       <c r="E88" s="26" t="n">
-        <v>632.6700347</v>
+        <v>613.2264039</v>
       </c>
       <c r="F88" s="27" t="n">
-        <v>632.6700347</v>
+        <v>613.2264039</v>
       </c>
       <c r="G88" s="27" t="n">
-        <v>632.6700347</v>
+        <v>613.2264039</v>
       </c>
       <c r="H88" s="27" t="n">
-        <v>632.6700347</v>
+        <v>613.2264039</v>
       </c>
       <c r="I88" s="27" t="n">
-        <v>640.3949086</v>
+        <v>613.2264039</v>
       </c>
       <c r="J88" s="27" t="n">
-        <v>640.3949086</v>
+        <v>613.2264039</v>
       </c>
       <c r="K88" s="27" t="n">
-        <v>640.3949086</v>
+        <v>613.2264039</v>
       </c>
       <c r="L88" s="27" t="n">
-        <v>653.067722</v>
+        <v>613.2264039</v>
       </c>
       <c r="M88" s="27" t="n">
-        <v>653.067722</v>
+        <v>613.2264039</v>
       </c>
       <c r="N88" s="27" t="n">
-        <v>653.067722</v>
+        <v>613.2264039</v>
       </c>
       <c r="O88" s="27" t="n">
-        <v>653.067722</v>
+        <v>613.2264039</v>
       </c>
     </row>
     <row r="89" customFormat="false" ht="15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B89" s="23" t="s">
         <v>67</v>
       </c>
       <c r="C89" s="24" t="s">
         <v>41</v>
       </c>
       <c r="D89" s="25" t="n">
-        <v>1360.9168336</v>
+        <v>119.0395089</v>
       </c>
       <c r="E89" s="26" t="n">
-        <v>1360.9168336</v>
+        <v>119.0395089</v>
       </c>
       <c r="F89" s="27" t="n">
-        <v>1360.9168336</v>
+        <v>119.0395089</v>
       </c>
       <c r="G89" s="27" t="n">
-        <v>1360.9168336</v>
+        <v>119.0395089</v>
       </c>
       <c r="H89" s="27" t="n">
-        <v>1360.9168336</v>
+        <v>119.0395089</v>
       </c>
       <c r="I89" s="27" t="n">
-        <v>1360.9168336</v>
+        <v>119.0395089</v>
       </c>
       <c r="J89" s="27" t="n">
-        <v>1360.9168336</v>
+        <v>119.0395089</v>
       </c>
       <c r="K89" s="27" t="n">
-        <v>1360.9168336</v>
+        <v>119.0395089</v>
       </c>
       <c r="L89" s="27" t="n">
-        <v>1360.9168336</v>
+        <v>119.0395089</v>
       </c>
       <c r="M89" s="27" t="n">
-        <v>1360.9168336</v>
+        <v>119.0395089</v>
       </c>
       <c r="N89" s="27" t="n">
-        <v>1360.9168336</v>
+        <v>119.0395089</v>
       </c>
       <c r="O89" s="27" t="n">
-        <v>1360.9168336</v>
+        <v>119.0395089</v>
       </c>
     </row>
     <row r="90" customFormat="false" ht="15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B90" s="23" t="s">
         <v>38</v>
       </c>
       <c r="C90" s="24" t="s">
         <v>27</v>
       </c>
       <c r="D90" s="25" t="n">
-        <v>0.0442664</v>
+        <v>0.0369729</v>
       </c>
       <c r="E90" s="26" t="n">
-        <v>0.0442664</v>
+        <v>0.0369729</v>
       </c>
       <c r="F90" s="27" t="n">
-        <v>0.0442664</v>
+        <v>0.0369729</v>
       </c>
       <c r="G90" s="27" t="n">
-        <v>0.0442664</v>
+        <v>0.0369729</v>
       </c>
       <c r="H90" s="27" t="n">
-        <v>0.0442664</v>
+        <v>0.0369729</v>
       </c>
       <c r="I90" s="27" t="n">
-        <v>0.0442664</v>
+        <v>0.0369729</v>
       </c>
       <c r="J90" s="27" t="n">
-        <v>0.0442664</v>
+        <v>0.0369729</v>
       </c>
       <c r="K90" s="27" t="n">
-        <v>0.0442664</v>
+        <v>0.0369729</v>
       </c>
       <c r="L90" s="27" t="n">
-        <v>0.0442664</v>
+        <v>0.0369729</v>
       </c>
       <c r="M90" s="27" t="n">
-        <v>0.0442664</v>
+        <v>0.0369729</v>
       </c>
       <c r="N90" s="27" t="n">
-        <v>0.0442664</v>
+        <v>0.0369729</v>
       </c>
       <c r="O90" s="27" t="n">
-        <v>0.0442664</v>
+        <v>0.0369729</v>
       </c>
     </row>
     <row r="91" customFormat="false" ht="15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B91" s="23" t="s">
         <v>42</v>
       </c>
       <c r="C91" s="24" t="s">
         <v>27</v>
       </c>
       <c r="D91" s="25" t="n">
-        <v>0.0456286</v>
+        <v>0.0645009</v>
       </c>
       <c r="E91" s="26" t="n">
-        <v>0.0456286</v>
+        <v>0.0645009</v>
       </c>
       <c r="F91" s="27" t="n">
-        <v>0.0456286</v>
+        <v>0.0645009</v>
       </c>
       <c r="G91" s="27" t="n">
-        <v>0.048852</v>
+        <v>0.0716126</v>
       </c>
       <c r="H91" s="27" t="n">
-        <v>0.048852</v>
+        <v>0.0716126</v>
       </c>
       <c r="I91" s="27" t="n">
-        <v>0.048852</v>
+        <v>0.0716126</v>
       </c>
       <c r="J91" s="27" t="n">
-        <v>0.0532382</v>
+        <v>0.0716126</v>
       </c>
       <c r="K91" s="27" t="n">
-        <v>0.0532382</v>
+        <v>0.0716126</v>
       </c>
       <c r="L91" s="27" t="n">
-        <v>0.0532382</v>
+        <v>0.0716126</v>
       </c>
       <c r="M91" s="27" t="n">
-        <v>0.0532382</v>
+        <v>0.0716126</v>
       </c>
       <c r="N91" s="27" t="n">
-        <v>0.0532382</v>
+        <v>0.0716126</v>
       </c>
       <c r="O91" s="27" t="n">
-        <v>0.0532382</v>
+        <v>0.0716126</v>
       </c>
     </row>
     <row r="92" customFormat="false" ht="15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B92" s="23" t="s">
         <v>45</v>
       </c>
       <c r="C92" s="24" t="s">
         <v>27</v>
       </c>
       <c r="D92" s="25" t="n">
-        <v>0.0320852</v>
+        <v>0.0618461</v>
       </c>
       <c r="E92" s="26" t="n">
-        <v>0.0320852</v>
+        <v>0.0618461</v>
       </c>
       <c r="F92" s="27" t="n">
-        <v>0.0320852</v>
+        <v>0.0618461</v>
       </c>
       <c r="G92" s="27" t="n">
-        <v>0.0320852</v>
+        <v>0.0618461</v>
       </c>
       <c r="H92" s="27" t="n">
-        <v>0.0320852</v>
+        <v>0.0618461</v>
       </c>
       <c r="I92" s="27" t="n">
-        <v>0.0320852</v>
+        <v>0.0618461</v>
       </c>
       <c r="J92" s="27" t="n">
-        <v>0.0320852</v>
+        <v>0.0618461</v>
       </c>
       <c r="K92" s="27" t="n">
-        <v>0.0320852</v>
+        <v>0.0618461</v>
       </c>
       <c r="L92" s="27" t="n">
-        <v>0.0320852</v>
+        <v>0.0618461</v>
       </c>
       <c r="M92" s="27" t="n">
-        <v>0.0320852</v>
+        <v>0.0618461</v>
       </c>
       <c r="N92" s="27" t="n">
-        <v>0.0320852</v>
+        <v>0.0618461</v>
       </c>
       <c r="O92" s="27" t="n">
-        <v>0.0320852</v>
+        <v>0.0618461</v>
       </c>
     </row>
     <row r="93" customFormat="false" ht="15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B93" s="23" t="s">
         <v>46</v>
       </c>
       <c r="C93" s="24" t="s">
         <v>27</v>
       </c>
       <c r="D93" s="25" t="n">
-        <v>0.0059499</v>
+        <v>0.0059197</v>
       </c>
       <c r="E93" s="26" t="n">
-        <v>0.0059499</v>
+        <v>0.0059197</v>
       </c>
       <c r="F93" s="27" t="n">
-        <v>0.0059499</v>
+        <v>0.0059197</v>
       </c>
       <c r="G93" s="27" t="n">
-        <v>0.0059499</v>
+        <v>0.0059197</v>
       </c>
       <c r="H93" s="27" t="n">
-        <v>0.0059499</v>
+        <v>0.0059197</v>
       </c>
       <c r="I93" s="27" t="n">
-        <v>0.0059499</v>
+        <v>0.0059197</v>
       </c>
       <c r="J93" s="27" t="n">
-        <v>0.0059499</v>
+        <v>0.0059197</v>
       </c>
       <c r="K93" s="27" t="n">
-        <v>0.0059499</v>
+        <v>0.0059197</v>
       </c>
       <c r="L93" s="27" t="n">
-        <v>0.0059499</v>
+        <v>0.0059197</v>
       </c>
       <c r="M93" s="27" t="n">
-        <v>0.0059499</v>
+        <v>0.0059197</v>
       </c>
       <c r="N93" s="27" t="n">
-        <v>0.0059499</v>
+        <v>0.0059197</v>
       </c>
       <c r="O93" s="27" t="n">
-        <v>0.0059499</v>
+        <v>0.0059197</v>
       </c>
     </row>
     <row r="94" customFormat="false" ht="15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B94" s="23" t="s">
         <v>47</v>
       </c>
       <c r="C94" s="24" t="s">
         <v>27</v>
       </c>
       <c r="D94" s="25" t="n">
-        <v>0.0190985</v>
+        <v>0.0177032</v>
       </c>
       <c r="E94" s="26" t="n">
-        <v>0.0190985</v>
+        <v>0.0177032</v>
       </c>
       <c r="F94" s="27" t="n">
-        <v>0.0190985</v>
+        <v>0.0177032</v>
       </c>
       <c r="G94" s="27" t="n">
-        <v>0.0190985</v>
+        <v>0.0177032</v>
       </c>
       <c r="H94" s="27" t="n">
-        <v>0.0190985</v>
+        <v>0.0177032</v>
       </c>
       <c r="I94" s="27" t="n">
-        <v>0.0190985</v>
+        <v>0.0177032</v>
       </c>
       <c r="J94" s="27" t="n">
-        <v>0.0190985</v>
+        <v>0.0177032</v>
       </c>
       <c r="K94" s="27" t="n">
-        <v>0.0190985</v>
+        <v>0.0177032</v>
       </c>
       <c r="L94" s="27" t="n">
-        <v>0.0190985</v>
+        <v>0.0177032</v>
       </c>
       <c r="M94" s="27" t="n">
-        <v>0.0190985</v>
+        <v>0.0177032</v>
       </c>
       <c r="N94" s="27" t="n">
-        <v>0.0190985</v>
+        <v>0.0177032</v>
       </c>
       <c r="O94" s="27" t="n">
-        <v>0.0190985</v>
+        <v>0.0177032</v>
       </c>
     </row>
     <row r="95" customFormat="false" ht="15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B95" s="23" t="s">
         <v>48</v>
       </c>
       <c r="C95" s="24" t="s">
         <v>27</v>
       </c>
       <c r="D95" s="25" t="n">
-        <v>0.0105197</v>
+        <v>0.0100764</v>
       </c>
       <c r="E95" s="26" t="n">
-        <v>0.0105197</v>
+        <v>0.0100764</v>
       </c>
       <c r="F95" s="27" t="n">
-        <v>0.0105197</v>
+        <v>0.0100764</v>
       </c>
       <c r="G95" s="27" t="n">
-        <v>0.0105197</v>
+        <v>0.0100764</v>
       </c>
       <c r="H95" s="27" t="n">
-        <v>0.0105197</v>
+        <v>0.0100764</v>
       </c>
       <c r="I95" s="27" t="n">
-        <v>0.0105197</v>
+        <v>0.0100764</v>
       </c>
       <c r="J95" s="27" t="n">
-        <v>0.0105197</v>
+        <v>0.0100764</v>
       </c>
       <c r="K95" s="27" t="n">
-        <v>0.0105197</v>
+        <v>0.0100764</v>
       </c>
       <c r="L95" s="27" t="n">
-        <v>0.0105197</v>
+        <v>0.0100764</v>
       </c>
       <c r="M95" s="27" t="n">
-        <v>0.0105197</v>
+        <v>0.0100764</v>
       </c>
       <c r="N95" s="27" t="n">
-        <v>0.0105197</v>
+        <v>0.0100764</v>
       </c>
       <c r="O95" s="27" t="n">
-        <v>0.0105197</v>
+        <v>0.0100764</v>
       </c>
     </row>
     <row r="96" customFormat="false" ht="15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B96" s="23" t="s">
         <v>49</v>
       </c>
       <c r="C96" s="24" t="s">
         <v>27</v>
       </c>
       <c r="D96" s="25" t="n">
-        <v>0.3729985</v>
+        <v>0.3341502</v>
       </c>
       <c r="E96" s="26" t="n">
-        <v>0.3729985</v>
+        <v>0.3341502</v>
       </c>
       <c r="F96" s="27" t="n">
-        <v>0.3729985</v>
+        <v>0.3341502</v>
       </c>
       <c r="G96" s="27" t="n">
-        <v>0.3729985</v>
+        <v>0.3341502</v>
       </c>
       <c r="H96" s="27" t="n">
-        <v>0.3729985</v>
+        <v>0.3341502</v>
       </c>
       <c r="I96" s="27" t="n">
-        <v>0.3729985</v>
+        <v>0.3341502</v>
       </c>
       <c r="J96" s="27" t="n">
-        <v>0.3729985</v>
+        <v>0.3341502</v>
       </c>
       <c r="K96" s="27" t="n">
-        <v>0.3729985</v>
+        <v>0.3341502</v>
       </c>
       <c r="L96" s="27" t="n">
-        <v>0.3729985</v>
+        <v>0.3341502</v>
       </c>
       <c r="M96" s="27" t="n">
-        <v>0.3729985</v>
+        <v>0.3341502</v>
       </c>
       <c r="N96" s="27" t="n">
-        <v>0.3729985</v>
+        <v>0.3341502</v>
       </c>
       <c r="O96" s="27" t="n">
-        <v>0.3729985</v>
+        <v>0.3341502</v>
       </c>
     </row>
     <row r="97" customFormat="false" ht="15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B97" s="23" t="s">
         <v>50</v>
       </c>
       <c r="C97" s="24" t="s">
         <v>27</v>
       </c>
       <c r="D97" s="25" t="n">
-        <v>0.0321006</v>
+        <v>0.0194857</v>
       </c>
       <c r="E97" s="26" t="n">
-        <v>0.0321006</v>
+        <v>0.0194857</v>
       </c>
       <c r="F97" s="27" t="n">
-        <v>0.0321006</v>
+        <v>0.0194857</v>
       </c>
       <c r="G97" s="27" t="n">
-        <v>0.0321006</v>
+        <v>0.0194857</v>
       </c>
       <c r="H97" s="27" t="n">
-        <v>0.0321006</v>
+        <v>0.0194857</v>
       </c>
       <c r="I97" s="27" t="n">
-        <v>0.0321006</v>
+        <v>0.0194857</v>
       </c>
       <c r="J97" s="27" t="n">
-        <v>0.0321006</v>
+        <v>0.0194857</v>
       </c>
       <c r="K97" s="27" t="n">
-        <v>0.0321006</v>
+        <v>0.0194857</v>
       </c>
       <c r="L97" s="27" t="n">
-        <v>0.0321006</v>
+        <v>0.0194857</v>
       </c>
       <c r="M97" s="27" t="n">
-        <v>0.0321006</v>
+        <v>0.0194857</v>
       </c>
       <c r="N97" s="27" t="n">
-        <v>0.0321006</v>
+        <v>0.0194857</v>
       </c>
       <c r="O97" s="27" t="n">
-        <v>0.0321006</v>
+        <v>0.0194857</v>
       </c>
     </row>
     <row r="98" customFormat="false" ht="15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B98" s="23" t="s">
         <v>51</v>
       </c>
       <c r="C98" s="24" t="s">
         <v>27</v>
       </c>
       <c r="D98" s="25" t="n">
-        <v>22.4417064</v>
+        <v>30.8088964</v>
       </c>
       <c r="E98" s="26" t="n">
-        <v>22.4417064</v>
+        <v>30.8088964</v>
       </c>
       <c r="F98" s="27" t="n">
-        <v>22.4417064</v>
+        <v>30.8088964</v>
       </c>
       <c r="G98" s="27" t="n">
-        <v>22.4417064</v>
+        <v>30.8088964</v>
       </c>
       <c r="H98" s="27" t="n">
-        <v>22.4417064</v>
+        <v>30.8088964</v>
       </c>
       <c r="I98" s="27" t="n">
-        <v>22.4417064</v>
+        <v>30.8088964</v>
       </c>
       <c r="J98" s="27" t="n">
-        <v>22.4417064</v>
+        <v>30.8088964</v>
       </c>
       <c r="K98" s="27" t="n">
-        <v>22.4417064</v>
+        <v>30.8088964</v>
       </c>
       <c r="L98" s="27" t="n">
-        <v>22.4417064</v>
+        <v>30.8088964</v>
       </c>
       <c r="M98" s="27" t="n">
-        <v>22.4417064</v>
+        <v>30.8088964</v>
       </c>
       <c r="N98" s="27" t="n">
-        <v>22.4417064</v>
+        <v>30.8088964</v>
       </c>
       <c r="O98" s="27" t="n">
-        <v>22.4417064</v>
+        <v>30.8088964</v>
       </c>
     </row>
     <row r="99" customFormat="false" ht="15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B99" s="23" t="s">
         <v>52</v>
       </c>
       <c r="C99" s="24" t="s">
         <v>30</v>
       </c>
       <c r="D99" s="25" t="n">
-        <v>459.5027888</v>
+        <v>495.9528681</v>
       </c>
       <c r="E99" s="26" t="n">
-        <v>459.5027888</v>
+        <v>495.9528681</v>
       </c>
       <c r="F99" s="27" t="n">
-        <v>459.5027888</v>
+        <v>495.9528681</v>
       </c>
       <c r="G99" s="27" t="n">
-        <v>459.5027888</v>
+        <v>506.3219565</v>
       </c>
       <c r="H99" s="27" t="n">
-        <v>459.5027888</v>
+        <v>506.3219565</v>
       </c>
       <c r="I99" s="27" t="n">
-        <v>459.5027888</v>
+        <v>506.3219565</v>
       </c>
       <c r="J99" s="27" t="n">
-        <v>473.42903</v>
+        <v>506.3219565</v>
       </c>
       <c r="K99" s="27" t="n">
-        <v>473.42903</v>
+        <v>506.3219565</v>
       </c>
       <c r="L99" s="27" t="n">
-        <v>473.42903</v>
+        <v>506.3219565</v>
       </c>
       <c r="M99" s="27" t="n">
-        <v>473.42903</v>
+        <v>506.3219565</v>
       </c>
       <c r="N99" s="27" t="n">
-        <v>473.42903</v>
+        <v>506.3219565</v>
       </c>
       <c r="O99" s="27" t="n">
-        <v>473.42903</v>
+        <v>506.3219565</v>
       </c>
     </row>
     <row r="100" customFormat="false" ht="15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B100" s="23" t="s">
         <v>53</v>
       </c>
       <c r="C100" s="24" t="s">
         <v>30</v>
       </c>
       <c r="D100" s="25" t="n">
-        <v>92.8059575</v>
+        <v>116.5075857</v>
       </c>
       <c r="E100" s="26" t="n">
-        <v>92.8059575</v>
+        <v>116.5075857</v>
       </c>
       <c r="F100" s="27" t="n">
-        <v>92.8059575</v>
+        <v>116.5075857</v>
       </c>
       <c r="G100" s="27" t="n">
-        <v>92.8059575</v>
+        <v>116.5075857</v>
       </c>
       <c r="H100" s="27" t="n">
-        <v>92.8059575</v>
+        <v>116.5075857</v>
       </c>
       <c r="I100" s="27" t="n">
-        <v>92.8059575</v>
+        <v>116.5075857</v>
       </c>
       <c r="J100" s="27" t="n">
-        <v>92.8059575</v>
+        <v>116.5075857</v>
       </c>
       <c r="K100" s="27" t="n">
-        <v>92.8059575</v>
+        <v>116.5075857</v>
       </c>
       <c r="L100" s="27" t="n">
-        <v>92.8059575</v>
+        <v>116.5075857</v>
       </c>
       <c r="M100" s="27" t="n">
-        <v>92.8059575</v>
+        <v>116.5075857</v>
       </c>
       <c r="N100" s="27" t="n">
-        <v>92.8059575</v>
+        <v>116.5075857</v>
       </c>
       <c r="O100" s="27" t="n">
-        <v>92.8059575</v>
+        <v>116.5075857</v>
       </c>
     </row>
     <row r="101" customFormat="false" ht="15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B101" s="23" t="s">
         <v>54</v>
       </c>
       <c r="C101" s="24" t="s">
         <v>27</v>
       </c>
       <c r="D101" s="25" t="n">
-        <v>0.0156488</v>
+        <v>0.0195283</v>
       </c>
       <c r="E101" s="26" t="n">
-        <v>0.0156488</v>
+        <v>0.0195283</v>
       </c>
       <c r="F101" s="27" t="n">
-        <v>0.0156488</v>
+        <v>0.0195283</v>
       </c>
       <c r="G101" s="27" t="n">
-        <v>0.0156488</v>
+        <v>0.0195283</v>
       </c>
       <c r="H101" s="27" t="n">
-        <v>0.0156488</v>
+        <v>0.0195283</v>
       </c>
       <c r="I101" s="27" t="n">
-        <v>0.0156488</v>
+        <v>0.0195283</v>
       </c>
       <c r="J101" s="27" t="n">
-        <v>0.0156488</v>
+        <v>0.0195283</v>
       </c>
       <c r="K101" s="27" t="n">
-        <v>0.0156488</v>
+        <v>0.0195283</v>
       </c>
       <c r="L101" s="27" t="n">
-        <v>0.0156488</v>
+        <v>0.0195283</v>
       </c>
       <c r="M101" s="27" t="n">
-        <v>0.0156488</v>
+        <v>0.0195283</v>
       </c>
       <c r="N101" s="27" t="n">
-        <v>0.0156488</v>
+        <v>0.0195283</v>
       </c>
       <c r="O101" s="27" t="n">
-        <v>0.0156488</v>
+        <v>0.0195283</v>
       </c>
     </row>
     <row r="102" customFormat="false" ht="15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B102" s="23" t="s">
         <v>56</v>
       </c>
       <c r="C102" s="24" t="s">
         <v>27</v>
       </c>
       <c r="D102" s="25" t="n">
-        <v>0.1306697</v>
+        <v>0.1253074</v>
       </c>
       <c r="E102" s="26" t="n">
-        <v>0.1306697</v>
+        <v>0.1253074</v>
       </c>
       <c r="F102" s="27" t="n">
-        <v>0.1306697</v>
+        <v>0.1318877</v>
       </c>
       <c r="G102" s="27" t="n">
-        <v>0.1256269</v>
+        <v>0.1318877</v>
       </c>
       <c r="H102" s="27" t="n">
-        <v>0.1256269</v>
+        <v>0.1318877</v>
       </c>
       <c r="I102" s="27" t="n">
-        <v>0.1256269</v>
+        <v>0.1318877</v>
       </c>
       <c r="J102" s="27" t="n">
-        <v>0.1256269</v>
+        <v>0.1318877</v>
       </c>
       <c r="K102" s="27" t="n">
-        <v>0.1256269</v>
+        <v>0.1318877</v>
       </c>
       <c r="L102" s="27" t="n">
-        <v>0.1191834</v>
+        <v>0.1318877</v>
       </c>
       <c r="M102" s="27" t="n">
-        <v>0.1191834</v>
+        <v>0.1318877</v>
       </c>
       <c r="N102" s="27" t="n">
-        <v>0.1191834</v>
+        <v>0.1318877</v>
       </c>
       <c r="O102" s="27" t="n">
-        <v>0.1191834</v>
+        <v>0.1318877</v>
       </c>
     </row>
     <row r="103" customFormat="false" ht="13.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B103" s="28"/>
       <c r="C103" s="29"/>
       <c r="D103" s="30"/>
       <c r="E103" s="31"/>
       <c r="F103" s="32"/>
       <c r="G103" s="32"/>
       <c r="H103" s="32"/>
       <c r="I103" s="32"/>
       <c r="J103" s="32"/>
       <c r="K103" s="32"/>
       <c r="L103" s="32"/>
       <c r="M103" s="32"/>
       <c r="N103" s="32"/>
       <c r="O103" s="32"/>
     </row>
     <row r="106" customFormat="false" ht="18.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B106" s="9" t="s">
         <v>69</v>
       </c>
       <c r="C106" s="10"/>
       <c r="D106" s="10"/>
       <c r="E106" s="10"/>
@@ -4524,84 +4572,84 @@
     </row>
     <row r="109" customFormat="false" ht="13.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B109" s="18"/>
       <c r="C109" s="19"/>
       <c r="D109" s="20"/>
       <c r="E109" s="21"/>
       <c r="F109" s="22"/>
       <c r="G109" s="22"/>
       <c r="H109" s="22"/>
       <c r="I109" s="22"/>
       <c r="J109" s="22"/>
       <c r="K109" s="22"/>
       <c r="L109" s="22"/>
       <c r="M109" s="22"/>
       <c r="N109" s="22"/>
       <c r="O109" s="22"/>
     </row>
     <row r="110" customFormat="false" ht="15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B110" s="23" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="24" t="s">
         <v>27</v>
       </c>
       <c r="D110" s="25" t="n">
-        <v>0.0417413</v>
+        <v>0.0430729</v>
       </c>
       <c r="E110" s="26" t="n">
-        <v>0.0417413</v>
+        <v>0.0430729</v>
       </c>
       <c r="F110" s="27" t="n">
-        <v>0.0417413</v>
+        <v>0.0430729</v>
       </c>
       <c r="G110" s="27" t="n">
-        <v>0.0417413</v>
+        <v>0.0430729</v>
       </c>
       <c r="H110" s="27" t="n">
-        <v>0.0417413</v>
+        <v>0.0430729</v>
       </c>
       <c r="I110" s="27" t="n">
-        <v>0.0417413</v>
+        <v>0.0430729</v>
       </c>
       <c r="J110" s="27" t="n">
-        <v>0.0417413</v>
+        <v>0.0430729</v>
       </c>
       <c r="K110" s="27" t="n">
-        <v>0.0417413</v>
+        <v>0.0430729</v>
       </c>
       <c r="L110" s="27" t="n">
-        <v>0.0417413</v>
+        <v>0.0430729</v>
       </c>
       <c r="M110" s="27" t="n">
-        <v>0.0417413</v>
+        <v>0.0430729</v>
       </c>
       <c r="N110" s="27" t="n">
-        <v>0.0417413</v>
+        <v>0.0430729</v>
       </c>
       <c r="O110" s="27" t="n">
-        <v>0.0417413</v>
+        <v>0.0430729</v>
       </c>
     </row>
     <row r="111" customFormat="false" ht="13.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B111" s="28"/>
       <c r="C111" s="29"/>
       <c r="D111" s="30"/>
       <c r="E111" s="31"/>
       <c r="F111" s="32"/>
       <c r="G111" s="32"/>
       <c r="H111" s="32"/>
       <c r="I111" s="32"/>
       <c r="J111" s="32"/>
       <c r="K111" s="32"/>
       <c r="L111" s="32"/>
       <c r="M111" s="32"/>
       <c r="N111" s="32"/>
       <c r="O111" s="32"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.511805555555555" footer="0.511805555555555"/>
   <pageSetup paperSize="9" scale="100" firstPageNumber="0" fitToWidth="1" fitToHeight="1" pageOrder="downThenOver" orientation="portrait" blackAndWhite="false" draft="false" cellComments="none" useFirstPageNumber="false" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader/>
     <oddFooter/>